--- v0 (2025-11-06)
+++ v1 (2025-12-20)
@@ -1246,51 +1246,51 @@
       </c>
       <c r="AK7" t="str">
         <v>11</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Jeremy Fancher</v>
       </c>
       <c r="E8">
         <v>-9</v>
       </c>
       <c r="F8">
         <v>69</v>
       </c>
       <c r="H8" t="str">
-        <v>aviar25245</v>
+        <v>fanchy</v>
       </c>
       <c r="I8">
         <v>-9</v>
       </c>
       <c r="J8">
         <v>69</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>