--- v0 (2025-11-06)
+++ v1 (2025-12-20)
@@ -1469,51 +1469,51 @@
       </c>
       <c r="AK9" t="str">
         <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Jeremy Fancher</v>
       </c>
       <c r="E10">
         <v>-10</v>
       </c>
       <c r="F10">
         <v>68</v>
       </c>
       <c r="H10" t="str">
-        <v>aviar25245</v>
+        <v>fanchy</v>
       </c>
       <c r="I10">
         <v>-10</v>
       </c>
       <c r="J10">
         <v>68</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>