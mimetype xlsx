--- v0 (2026-01-08)
+++ v1 (2026-02-11)
@@ -969,1246 +969,1246 @@
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Alex Hakos</v>
+        <v>Scott Roush</v>
       </c>
       <c r="E7">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F7">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>287182</v>
+        <v>49</v>
       </c>
       <c r="H7" t="str">
-        <v>ajhakos</v>
+        <v>scottroush</v>
       </c>
       <c r="I7">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J7">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B8" t="str">
-        <v>7</v>
+        <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Scott Roush</v>
+        <v>Jason Donnelly</v>
       </c>
       <c r="E8">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="F8">
-        <v>49</v>
+        <v>50</v>
+      </c>
+      <c r="G8">
+        <v>125623</v>
       </c>
       <c r="H8" t="str">
-        <v>scottroush</v>
+        <v>crusibal</v>
       </c>
       <c r="I8">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="J8">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B9" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Jason Donnelly</v>
+        <v>Brandon Wilson</v>
       </c>
       <c r="E9">
         <v>-4</v>
       </c>
       <c r="F9">
         <v>50</v>
       </c>
       <c r="G9">
-        <v>125623</v>
+        <v>169736</v>
       </c>
       <c r="H9" t="str">
-        <v>crusibal</v>
+        <v>puttplugs</v>
       </c>
       <c r="I9">
         <v>-4</v>
       </c>
       <c r="J9">
         <v>50</v>
       </c>
       <c r="K9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B10" t="str">
-        <v>T8</v>
+        <v>T9</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Brandon Wilson</v>
+        <v>Chris Miller</v>
       </c>
       <c r="E10">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F10">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G10">
-        <v>169736</v>
+        <v>89554</v>
       </c>
       <c r="H10" t="str">
-        <v>puttplugs</v>
+        <v>millerc</v>
       </c>
       <c r="I10">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="J10">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Chris Miller</v>
+        <v>Allen Neal</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>51</v>
       </c>
-      <c r="G11">
-[...1 lines deleted...]
-      </c>
       <c r="H11" t="str">
-        <v>millerc</v>
+        <v>aneal1</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>51</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
+        <v>11</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Allen Neal</v>
+        <v>Charles Allen</v>
       </c>
       <c r="E12">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F12">
-        <v>51</v>
+        <v>52</v>
+      </c>
+      <c r="G12">
+        <v>219512</v>
       </c>
       <c r="H12" t="str">
-        <v>aneal1</v>
+        <v>chazman</v>
       </c>
       <c r="I12">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J12">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>2</v>
       </c>
       <c r="W12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
+        <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Charles Allen</v>
+        <v>Austin Adams</v>
       </c>
       <c r="E13">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F13">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G13">
-        <v>219512</v>
+        <v>118793</v>
       </c>
       <c r="H13" t="str">
-        <v>chazman</v>
+        <v>adams08</v>
       </c>
       <c r="I13">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J13">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
+        <v>T12</v>
       </c>
       <c r="C14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Austin Adams</v>
+        <v>Saye McCrorey</v>
       </c>
       <c r="E14">
         <v>-1</v>
       </c>
       <c r="F14">
         <v>53</v>
       </c>
       <c r="G14">
-        <v>118793</v>
+        <v>160545</v>
       </c>
       <c r="H14" t="str">
-        <v>adams08</v>
+        <v>saye07</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
         <v>53</v>
       </c>
       <c r="K14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>2</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B15" t="str">
-        <v>T13</v>
+        <v>14</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Saye McCrorey</v>
+        <v>Stuart Neal</v>
       </c>
       <c r="E15">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F15">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G15">
-        <v>160545</v>
+        <v>45336</v>
       </c>
       <c r="H15" t="str">
-        <v>saye07</v>
+        <v>rstuartneal</v>
       </c>
       <c r="I15">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J15">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W15">
         <v>2</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Stuart Neal</v>
+        <v>Louis Hanson</v>
       </c>
       <c r="E16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F16">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G16">
-        <v>45336</v>
+        <v>290598</v>
       </c>
       <c r="H16" t="str">
-        <v>rstuartneal</v>
+        <v>discgo1fdad</v>
       </c>
       <c r="I16">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J16">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B17" t="str">
-        <v>16</v>
+        <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Louis Hanson</v>
+        <v>Kevin Swyt</v>
       </c>
       <c r="E17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F17">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G17">
-        <v>290598</v>
+        <v>167469</v>
       </c>
       <c r="H17" t="str">
-        <v>discgo1fdad</v>
+        <v>kevindswyt</v>
       </c>
       <c r="I17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J17">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>4</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MEMBER</v>
       </c>
       <c r="B18" t="str">
-        <v>T17</v>
+        <v>T16</v>
       </c>
       <c r="C18">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Kevin Swyt</v>
+        <v>Hamp Caudle</v>
       </c>
       <c r="E18">
         <v>2</v>
       </c>
       <c r="F18">
         <v>56</v>
       </c>
       <c r="G18">
-        <v>167469</v>
+        <v>217519</v>
       </c>
       <c r="H18" t="str">
-        <v>kevindswyt</v>
+        <v>hampcaudle</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18">
         <v>56</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
+        <v>3</v>
+      </c>
+      <c r="P18">
+        <v>6</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>3</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+      <c r="T18">
+        <v>2</v>
+      </c>
+      <c r="U18">
+        <v>4</v>
+      </c>
+      <c r="V18">
+        <v>2</v>
+      </c>
+      <c r="W18">
+        <v>3</v>
+      </c>
+      <c r="X18">
         <v>5</v>
-      </c>
-[...25 lines deleted...]
-        <v>4</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>MEMBER</v>
+        <v>Guest</v>
       </c>
       <c r="B19" t="str">
-        <v>T17</v>
+        <v>1</v>
       </c>
       <c r="C19">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="D19" t="str">
-        <v>Hamp Caudle</v>
+        <v>David Hoover</v>
       </c>
       <c r="E19">
-        <v>2</v>
+        <v>-7</v>
       </c>
       <c r="F19">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="G19">
-        <v>217519</v>
+        <v>148809</v>
       </c>
       <c r="H19" t="str">
-        <v>hampcaudle</v>
+        <v>dhoover7</v>
       </c>
       <c r="I19">
-        <v>2</v>
+        <v>-7</v>
       </c>
       <c r="J19">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="K19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T19">
         <v>2</v>
       </c>
       <c r="U19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V19">
         <v>2</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Guest</v>
       </c>
       <c r="B20" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D20" t="str">
-        <v>David Hoover</v>
+        <v>Alex Hakos</v>
       </c>
       <c r="E20">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="F20">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G20">
-        <v>148809</v>
+        <v>287182</v>
       </c>
       <c r="H20" t="str">
-        <v>dhoover7</v>
+        <v>ajhakos</v>
       </c>
       <c r="I20">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="J20">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T20">
         <v>2</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
         <v>2</v>
       </c>
       <c r="W20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Guest</v>
       </c>
       <c r="B21" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D21" t="str">
         <v>Stuart Hammons</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>54</v>
       </c>
       <c r="H21" t="str">
         <v>stuham21</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21">
         <v>54</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>