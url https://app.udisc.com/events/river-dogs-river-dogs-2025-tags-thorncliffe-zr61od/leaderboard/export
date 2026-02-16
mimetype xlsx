--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -1941,50 +1941,53 @@
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16">
         <v>-13</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>15</v>
       </c>
       <c r="G16">
         <v>15</v>
       </c>
       <c r="H16" t="str">
         <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="I16">
         <v>28</v>
       </c>
       <c r="J16">
         <v>84</v>
       </c>
+      <c r="K16">
+        <v>280569</v>
+      </c>
       <c r="L16" t="str">
         <v>annikasj</v>
       </c>
       <c r="M16">
         <v>28</v>
       </c>
       <c r="N16">
         <v>84</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>5</v>
       </c>
       <c r="Q16">
         <v>5</v>
       </c>
       <c r="R16">
         <v>8</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">