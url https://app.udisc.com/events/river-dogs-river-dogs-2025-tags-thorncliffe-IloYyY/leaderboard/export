--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -774,50 +774,53 @@
       </c>
       <c r="C4">
         <v>-4</v>
       </c>
       <c r="D4">
         <v>-14</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>T16</v>
       </c>
       <c r="G4">
         <v>16</v>
       </c>
       <c r="H4" t="str">
         <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="I4">
         <v>10</v>
       </c>
       <c r="J4">
         <v>66</v>
       </c>
+      <c r="K4">
+        <v>280569</v>
+      </c>
       <c r="L4" t="str">
         <v>annikasj</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="N4">
         <v>66</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>6</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
       <c r="T4">
@@ -1651,51 +1654,51 @@
       <c r="D13">
         <v>-6</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>T13</v>
       </c>
       <c r="G13">
         <v>13</v>
       </c>
       <c r="H13" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="I13">
         <v>8</v>
       </c>
       <c r="J13">
         <v>64</v>
       </c>
       <c r="K13">
         <v>300139</v>
       </c>
       <c r="L13" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="M13">
         <v>8</v>
       </c>
       <c r="N13">
         <v>64</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>5</v>
       </c>