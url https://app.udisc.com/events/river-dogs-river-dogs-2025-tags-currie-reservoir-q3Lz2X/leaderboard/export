--- v0 (2025-11-29)
+++ v1 (2026-02-16)
@@ -640,51 +640,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E3">
         <v>-1</v>
       </c>
       <c r="F3">
         <v>54</v>
       </c>
       <c r="G3">
         <v>300139</v>
       </c>
       <c r="H3" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>54</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -1830,50 +1830,53 @@
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E17">
         <v>12</v>
       </c>
       <c r="F17">
         <v>67</v>
+      </c>
+      <c r="G17">
+        <v>280569</v>
       </c>
       <c r="H17" t="str">
         <v>annikasj</v>
       </c>
       <c r="I17">
         <v>12</v>
       </c>
       <c r="J17">
         <v>67</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>