--- v0 (2025-11-07)
+++ v1 (2026-02-16)
@@ -1067,51 +1067,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>60</v>
       </c>
       <c r="G8">
         <v>300139</v>
       </c>
       <c r="H8" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I8">
         <v>5</v>
       </c>
       <c r="J8">
         <v>60</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -1652,50 +1652,53 @@
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E15">
         <v>11</v>
       </c>
       <c r="F15">
         <v>66</v>
+      </c>
+      <c r="G15">
+        <v>280569</v>
       </c>
       <c r="H15" t="str">
         <v>annikasj</v>
       </c>
       <c r="I15">
         <v>11</v>
       </c>
       <c r="J15">
         <v>66</v>
       </c>
       <c r="K15">
         <v>6</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>