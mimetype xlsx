--- v0 (2025-11-29)
+++ v1 (2025-12-19)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC112"/>
+  <dimension ref="A1:AC116"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2471,7393 +2471,7737 @@
       </c>
       <c r="Z23">
         <v>5</v>
       </c>
       <c r="AA23">
         <v>5</v>
       </c>
       <c r="AB23">
         <v>5</v>
       </c>
       <c r="AC23">
         <v>11</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MPO</v>
       </c>
       <c r="B24" t="str">
         <v>DUP</v>
       </c>
       <c r="D24" t="str">
         <v>Milan Todorovic</v>
       </c>
       <c r="E24">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F24">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G24">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H24">
         <v>87739</v>
       </c>
       <c r="I24" t="str">
         <v>todorovic</v>
       </c>
       <c r="J24">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K24">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V24">
         <v>2</v>
       </c>
       <c r="W24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
       <c r="AC24">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MPO</v>
       </c>
       <c r="B25" t="str">
         <v>DUP</v>
       </c>
       <c r="D25" t="str">
         <v>Milan Todorovic</v>
       </c>
       <c r="E25">
-        <v>-4</v>
+        <v>6</v>
       </c>
       <c r="F25">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="G25">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H25">
         <v>87739</v>
       </c>
       <c r="I25" t="str">
         <v>todorovic</v>
       </c>
       <c r="J25">
-        <v>-4</v>
+        <v>6</v>
       </c>
       <c r="K25">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="L25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q25">
         <v>2</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V25">
         <v>2</v>
       </c>
       <c r="W25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X25">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Z25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
       <c r="AC25">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MPO</v>
       </c>
       <c r="B26" t="str">
         <v>DUP</v>
       </c>
       <c r="D26" t="str">
         <v>Milan Todorovic</v>
       </c>
       <c r="E26">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="F26">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G26">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H26">
         <v>87739</v>
       </c>
       <c r="I26" t="str">
         <v>todorovic</v>
       </c>
       <c r="J26">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="K26">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S26">
         <v>3</v>
       </c>
       <c r="T26">
         <v>4</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
       <c r="AC26">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MPO</v>
       </c>
       <c r="B27" t="str">
         <v>DUP</v>
       </c>
       <c r="D27" t="str">
         <v>Milan Todorovic</v>
       </c>
       <c r="E27">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="F27">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G27">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H27">
         <v>87739</v>
       </c>
       <c r="I27" t="str">
         <v>todorovic</v>
       </c>
       <c r="J27">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="K27">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T27">
         <v>5</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
         <v>2</v>
       </c>
       <c r="W27">
         <v>2</v>
       </c>
       <c r="X27">
         <v>4</v>
       </c>
       <c r="Y27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
       <c r="AC27">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MPO</v>
       </c>
       <c r="B28" t="str">
         <v>DUP</v>
       </c>
       <c r="D28" t="str">
         <v>Milan Todorovic</v>
       </c>
       <c r="E28">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="F28">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G28">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H28">
         <v>87739</v>
       </c>
       <c r="I28" t="str">
         <v>todorovic</v>
       </c>
       <c r="J28">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="K28">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="L28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S28">
         <v>3</v>
       </c>
       <c r="T28">
         <v>4</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W28">
         <v>2</v>
       </c>
       <c r="X28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC28">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MPO</v>
       </c>
       <c r="B29" t="str">
         <v>DUP</v>
       </c>
       <c r="D29" t="str">
-        <v>Veselin Neskovic</v>
+        <v>Milan Todorovic</v>
       </c>
       <c r="E29">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="F29">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G29">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="H29">
-        <v>103567</v>
+        <v>87739</v>
       </c>
       <c r="I29" t="str">
-        <v>veskoza</v>
+        <v>todorovic</v>
       </c>
       <c r="J29">
-        <v>-4</v>
+        <v>-2</v>
       </c>
       <c r="K29">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>2</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="T29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U29">
         <v>3</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W29">
         <v>2</v>
       </c>
       <c r="X29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z29">
         <v>3</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
       <c r="AC29">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MPO</v>
       </c>
       <c r="B30" t="str">
         <v>DUP</v>
       </c>
       <c r="D30" t="str">
-        <v>Veselin Neskovic</v>
+        <v>Milan Todorovic</v>
       </c>
       <c r="E30">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F30">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G30">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H30">
-        <v>103567</v>
+        <v>87739</v>
       </c>
       <c r="I30" t="str">
-        <v>veskoza</v>
+        <v>todorovic</v>
       </c>
       <c r="J30">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="K30">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R30">
         <v>3</v>
       </c>
       <c r="S30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V30">
         <v>2</v>
       </c>
       <c r="W30">
         <v>2</v>
       </c>
       <c r="X30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC30">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MPO</v>
       </c>
       <c r="B31" t="str">
         <v>DUP</v>
       </c>
       <c r="D31" t="str">
         <v>Veselin Neskovic</v>
       </c>
       <c r="E31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F31">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G31">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H31">
         <v>103567</v>
       </c>
       <c r="I31" t="str">
         <v>veskoza</v>
       </c>
       <c r="J31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K31">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T31">
+        <v>4</v>
+      </c>
+      <c r="U31">
+        <v>4</v>
+      </c>
+      <c r="V31">
+        <v>3</v>
+      </c>
+      <c r="W31">
+        <v>2</v>
+      </c>
+      <c r="X31">
+        <v>4</v>
+      </c>
+      <c r="Y31">
+        <v>3</v>
+      </c>
+      <c r="Z31">
+        <v>3</v>
+      </c>
+      <c r="AA31">
+        <v>3</v>
+      </c>
+      <c r="AB31">
+        <v>3</v>
+      </c>
+      <c r="AC31">
         <v>6</v>
-      </c>
-[...25 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MPO</v>
       </c>
       <c r="B32" t="str">
         <v>DUP</v>
       </c>
       <c r="D32" t="str">
         <v>Veselin Neskovic</v>
       </c>
       <c r="E32">
         <v>2</v>
       </c>
       <c r="F32">
         <v>60</v>
       </c>
       <c r="G32">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="H32">
         <v>103567</v>
       </c>
       <c r="I32" t="str">
         <v>veskoza</v>
       </c>
       <c r="J32">
         <v>2</v>
       </c>
       <c r="K32">
         <v>60</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T32">
         <v>5</v>
       </c>
       <c r="U32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W32">
         <v>2</v>
       </c>
       <c r="X32">
         <v>4</v>
       </c>
       <c r="Y32">
         <v>3</v>
       </c>
       <c r="Z32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC32">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MPO</v>
       </c>
       <c r="B33" t="str">
         <v>DUP</v>
       </c>
       <c r="D33" t="str">
         <v>Veselin Neskovic</v>
       </c>
       <c r="E33">
-        <v>4</v>
+        <v>-4</v>
       </c>
       <c r="F33">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G33">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H33">
         <v>103567</v>
       </c>
       <c r="I33" t="str">
         <v>veskoza</v>
       </c>
       <c r="J33">
-        <v>4</v>
+        <v>-4</v>
       </c>
       <c r="K33">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="L33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S33">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="T33">
         <v>4</v>
       </c>
       <c r="U33">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
       <c r="AC33">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MPO</v>
       </c>
       <c r="B34" t="str">
         <v>DUP</v>
       </c>
       <c r="D34" t="str">
         <v>Veselin Neskovic</v>
       </c>
       <c r="E34">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F34">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="G34">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H34">
         <v>103567</v>
       </c>
       <c r="I34" t="str">
         <v>veskoza</v>
       </c>
       <c r="J34">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="K34">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T34">
         <v>5</v>
       </c>
       <c r="U34">
         <v>4</v>
       </c>
       <c r="V34">
         <v>2</v>
       </c>
       <c r="W34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
       <c r="AC34">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MPO</v>
       </c>
       <c r="B35" t="str">
         <v>DUP</v>
       </c>
       <c r="D35" t="str">
         <v>Veselin Neskovic</v>
       </c>
       <c r="E35">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F35">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="G35">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H35">
         <v>103567</v>
       </c>
       <c r="I35" t="str">
         <v>veskoza</v>
       </c>
       <c r="J35">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K35">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P35">
         <v>4</v>
       </c>
       <c r="Q35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T35">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="U35">
         <v>4</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
         <v>2</v>
       </c>
       <c r="X35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y35">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC35">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MPO</v>
       </c>
       <c r="B36" t="str">
         <v>DUP</v>
       </c>
       <c r="D36" t="str">
-        <v>Dejan Dobreta</v>
+        <v>Veselin Neskovic</v>
       </c>
       <c r="E36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F36">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H36">
-        <v>106611</v>
+        <v>103567</v>
       </c>
       <c r="I36" t="str">
-        <v>dobreta</v>
+        <v>veskoza</v>
       </c>
       <c r="J36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K36">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="L36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X36">
         <v>4</v>
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA36">
         <v>4</v>
       </c>
       <c r="AB36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC36">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MPO</v>
       </c>
       <c r="B37" t="str">
         <v>DUP</v>
       </c>
       <c r="D37" t="str">
-        <v>Aleksandar Rutić</v>
+        <v>Veselin Neskovic</v>
       </c>
       <c r="E37">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="F37">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="G37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H37">
-        <v>106613</v>
+        <v>103567</v>
       </c>
       <c r="I37" t="str">
-        <v>chextjm</v>
+        <v>veskoza</v>
       </c>
       <c r="J37">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="K37">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="L37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T37">
         <v>4</v>
       </c>
       <c r="U37">
         <v>5</v>
       </c>
       <c r="V37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X37">
         <v>4</v>
       </c>
       <c r="Y37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC37">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MPO</v>
       </c>
       <c r="B38" t="str">
         <v>DUP</v>
       </c>
       <c r="D38" t="str">
-        <v>Aleksandar Rutić</v>
+        <v>Veselin Neskovic</v>
       </c>
       <c r="E38">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="F38">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H38">
-        <v>106613</v>
+        <v>103567</v>
       </c>
       <c r="I38" t="str">
-        <v>chextjm</v>
+        <v>veskoza</v>
       </c>
       <c r="J38">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="K38">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="L38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M38">
         <v>3</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R38">
         <v>4</v>
       </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X38">
         <v>3</v>
       </c>
       <c r="Y38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z38">
         <v>3</v>
       </c>
       <c r="AA38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
       <c r="AC38">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>MPO</v>
       </c>
       <c r="B39" t="str">
         <v>DUP</v>
       </c>
       <c r="D39" t="str">
-        <v>Unkatjm</v>
+        <v>Veselin Neskovic</v>
       </c>
       <c r="E39">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F39">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="G39">
         <v>1</v>
       </c>
       <c r="H39">
-        <v>128075</v>
+        <v>103567</v>
       </c>
       <c r="I39" t="str">
-        <v>unkatjm</v>
+        <v>veskoza</v>
       </c>
       <c r="J39">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="K39">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="L39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N39">
         <v>4</v>
       </c>
       <c r="O39">
         <v>4</v>
       </c>
       <c r="P39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z39">
         <v>3</v>
       </c>
       <c r="AA39">
         <v>4</v>
       </c>
       <c r="AB39">
         <v>4</v>
       </c>
       <c r="AC39">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MPO</v>
       </c>
       <c r="B40" t="str">
         <v>DUP</v>
       </c>
       <c r="D40" t="str">
-        <v>Stefan Ignjatović</v>
+        <v>Dejan Dobreta</v>
       </c>
       <c r="E40">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="F40">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G40">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="H40">
-        <v>176013</v>
+        <v>106611</v>
       </c>
       <c r="I40" t="str">
-        <v>dzedajev</v>
+        <v>dobreta</v>
       </c>
       <c r="J40">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="K40">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q40">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S40">
         <v>3</v>
       </c>
       <c r="T40">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U40">
         <v>3</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X40">
         <v>4</v>
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC40">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MPO</v>
       </c>
       <c r="B41" t="str">
         <v>DUP</v>
       </c>
       <c r="D41" t="str">
-        <v>Stefan Ignjatović</v>
+        <v>Aleksandar Rutić</v>
       </c>
       <c r="E41">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F41">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G41">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="H41">
-        <v>176013</v>
+        <v>106613</v>
       </c>
       <c r="I41" t="str">
-        <v>dzedajev</v>
+        <v>chextjm</v>
       </c>
       <c r="J41">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="K41">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>2</v>
       </c>
       <c r="N41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
         <v>2</v>
       </c>
       <c r="R41">
         <v>3</v>
       </c>
       <c r="S41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T41">
         <v>4</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X41">
         <v>4</v>
       </c>
       <c r="Y41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC41">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>MPO</v>
       </c>
       <c r="B42" t="str">
         <v>DUP</v>
       </c>
       <c r="D42" t="str">
-        <v>Stefan Ignjatović</v>
+        <v>Aleksandar Rutić</v>
       </c>
       <c r="E42">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="F42">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G42">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="H42">
-        <v>176013</v>
+        <v>106613</v>
       </c>
       <c r="I42" t="str">
-        <v>dzedajev</v>
+        <v>chextjm</v>
       </c>
       <c r="J42">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="K42">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="L42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T42">
         <v>3</v>
       </c>
       <c r="U42">
         <v>3</v>
       </c>
       <c r="V42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
         <v>2</v>
       </c>
       <c r="Z42">
         <v>3</v>
       </c>
       <c r="AA42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
       <c r="AC42">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MPO</v>
       </c>
       <c r="B43" t="str">
         <v>DUP</v>
       </c>
       <c r="D43" t="str">
-        <v>Stefan Ignjatović</v>
+        <v>Unkatjm</v>
       </c>
       <c r="E43">
-        <v>-4</v>
+        <v>3</v>
       </c>
       <c r="F43">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="G43">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="H43">
-        <v>176013</v>
+        <v>128075</v>
       </c>
       <c r="I43" t="str">
-        <v>dzedajev</v>
+        <v>unkatjm</v>
       </c>
       <c r="J43">
-        <v>-4</v>
+        <v>3</v>
       </c>
       <c r="K43">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="L43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P43">
         <v>3</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
         <v>3</v>
       </c>
       <c r="S43">
         <v>3</v>
       </c>
       <c r="T43">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U43">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V43">
         <v>2</v>
       </c>
       <c r="W43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AA43">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB43">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC43">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MPO</v>
       </c>
       <c r="B44" t="str">
         <v>DUP</v>
       </c>
       <c r="D44" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E44">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="F44">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G44">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="H44">
         <v>176013</v>
       </c>
       <c r="I44" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J44">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="K44">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="L44">
         <v>2</v>
       </c>
       <c r="M44">
         <v>2</v>
       </c>
       <c r="N44">
         <v>2</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
       <c r="Q44">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R44">
         <v>3</v>
       </c>
       <c r="S44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U44">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V44">
         <v>3</v>
       </c>
       <c r="W44">
         <v>2</v>
       </c>
       <c r="X44">
         <v>4</v>
       </c>
       <c r="Y44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z44">
         <v>2</v>
       </c>
       <c r="AA44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC44">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MPO</v>
       </c>
       <c r="B45" t="str">
         <v>DUP</v>
       </c>
       <c r="D45" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E45">
-        <v>-8</v>
+        <v>-3</v>
       </c>
       <c r="F45">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="G45">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H45">
         <v>176013</v>
       </c>
       <c r="I45" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J45">
-        <v>-8</v>
+        <v>-3</v>
       </c>
       <c r="K45">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
       <c r="M45">
         <v>2</v>
       </c>
       <c r="N45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q45">
         <v>2</v>
       </c>
       <c r="R45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S45">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="T45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X45">
         <v>4</v>
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
         <v>2</v>
       </c>
       <c r="AA45">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC45">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>MPO</v>
       </c>
       <c r="B46" t="str">
         <v>DUP</v>
       </c>
       <c r="D46" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E46">
         <v>-7</v>
       </c>
       <c r="F46">
         <v>51</v>
       </c>
       <c r="G46">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="H46">
         <v>176013</v>
       </c>
       <c r="I46" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J46">
         <v>-7</v>
       </c>
       <c r="K46">
         <v>51</v>
       </c>
       <c r="L46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N46">
         <v>2</v>
       </c>
       <c r="O46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S46">
         <v>2</v>
       </c>
       <c r="T46">
         <v>3</v>
       </c>
       <c r="U46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V46">
         <v>2</v>
       </c>
       <c r="W46">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X46">
         <v>3</v>
       </c>
       <c r="Y46">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z46">
         <v>3</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
         <v>3</v>
       </c>
       <c r="AC46">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>MPO</v>
       </c>
       <c r="B47" t="str">
         <v>DUP</v>
       </c>
       <c r="D47" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E47">
-        <v>-7</v>
+        <v>-4</v>
       </c>
       <c r="F47">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G47">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="H47">
         <v>176013</v>
       </c>
       <c r="I47" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J47">
-        <v>-7</v>
+        <v>-4</v>
       </c>
       <c r="K47">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="L47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P47">
         <v>3</v>
       </c>
       <c r="Q47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R47">
         <v>3</v>
       </c>
       <c r="S47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W47">
         <v>2</v>
       </c>
       <c r="X47">
         <v>3</v>
       </c>
       <c r="Y47">
         <v>3</v>
       </c>
       <c r="Z47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AA47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB47">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AC47">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MPO</v>
       </c>
       <c r="B48" t="str">
         <v>DUP</v>
       </c>
       <c r="D48" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E48">
-        <v>-4</v>
+        <v>-7</v>
       </c>
       <c r="F48">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G48">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H48">
         <v>176013</v>
       </c>
       <c r="I48" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J48">
-        <v>-4</v>
+        <v>-7</v>
       </c>
       <c r="K48">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="L48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M48">
         <v>2</v>
       </c>
       <c r="N48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>
       <c r="Q48">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R48">
         <v>3</v>
       </c>
       <c r="S48">
         <v>2</v>
       </c>
       <c r="T48">
         <v>4</v>
       </c>
       <c r="U48">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W48">
         <v>2</v>
       </c>
       <c r="X48">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z48">
         <v>2</v>
       </c>
       <c r="AA48">
         <v>3</v>
       </c>
       <c r="AB48">
         <v>3</v>
       </c>
       <c r="AC48">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>MPO</v>
       </c>
       <c r="B49" t="str">
         <v>DUP</v>
       </c>
       <c r="D49" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E49">
-        <v>-2</v>
+        <v>-8</v>
       </c>
       <c r="F49">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="G49">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="H49">
         <v>176013</v>
       </c>
       <c r="I49" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J49">
-        <v>-2</v>
+        <v>-8</v>
       </c>
       <c r="K49">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="L49">
         <v>3</v>
       </c>
       <c r="M49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N49">
         <v>2</v>
       </c>
       <c r="O49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q49">
         <v>2</v>
       </c>
       <c r="R49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S49">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T49">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U49">
         <v>4</v>
       </c>
       <c r="V49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y49">
         <v>3</v>
       </c>
       <c r="Z49">
         <v>2</v>
       </c>
       <c r="AA49">
         <v>2</v>
       </c>
       <c r="AB49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC49">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>MPO</v>
       </c>
       <c r="B50" t="str">
         <v>DUP</v>
       </c>
       <c r="D50" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E50">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="F50">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G50">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="H50">
         <v>176013</v>
       </c>
       <c r="I50" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J50">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="K50">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="L50">
         <v>2</v>
       </c>
       <c r="M50">
         <v>3</v>
       </c>
       <c r="N50">
         <v>2</v>
       </c>
       <c r="O50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q50">
         <v>3</v>
       </c>
       <c r="R50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S50">
         <v>2</v>
       </c>
       <c r="T50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V50">
         <v>2</v>
       </c>
       <c r="W50">
         <v>2</v>
       </c>
       <c r="X50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y50">
         <v>3</v>
       </c>
       <c r="Z50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
       <c r="AC50">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>MPO</v>
       </c>
       <c r="B51" t="str">
         <v>DUP</v>
       </c>
       <c r="D51" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E51">
-        <v>-4</v>
+        <v>-7</v>
       </c>
       <c r="F51">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G51">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="H51">
         <v>176013</v>
       </c>
       <c r="I51" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J51">
-        <v>-4</v>
+        <v>-7</v>
       </c>
       <c r="K51">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="L51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M51">
         <v>3</v>
       </c>
       <c r="N51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P51">
         <v>3</v>
       </c>
       <c r="Q51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S51">
         <v>2</v>
       </c>
       <c r="T51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y51">
         <v>3</v>
       </c>
       <c r="Z51">
         <v>2</v>
       </c>
       <c r="AA51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB51">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC51">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>MPO</v>
       </c>
       <c r="B52" t="str">
         <v>DUP</v>
       </c>
       <c r="D52" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E52">
-        <v>-7</v>
+        <v>-4</v>
       </c>
       <c r="F52">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G52">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="H52">
         <v>176013</v>
       </c>
       <c r="I52" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J52">
-        <v>-7</v>
+        <v>-4</v>
       </c>
       <c r="K52">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="L52">
         <v>3</v>
       </c>
       <c r="M52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
       <c r="Q52">
         <v>4</v>
       </c>
       <c r="R52">
         <v>3</v>
       </c>
       <c r="S52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T52">
         <v>4</v>
       </c>
       <c r="U52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V52">
         <v>2</v>
       </c>
       <c r="W52">
         <v>2</v>
       </c>
       <c r="X52">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z52">
         <v>2</v>
       </c>
       <c r="AA52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB52">
         <v>3</v>
       </c>
       <c r="AC52">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>MPO</v>
       </c>
       <c r="B53" t="str">
         <v>DUP</v>
       </c>
       <c r="D53" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E53">
-        <v>-8</v>
+        <v>-2</v>
       </c>
       <c r="F53">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G53">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H53">
         <v>176013</v>
       </c>
       <c r="I53" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J53">
-        <v>-8</v>
+        <v>-2</v>
       </c>
       <c r="K53">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N53">
         <v>2</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
         <v>3</v>
       </c>
       <c r="Q53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R53">
         <v>3</v>
       </c>
       <c r="S53">
         <v>4</v>
       </c>
       <c r="T53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U53">
         <v>4</v>
       </c>
       <c r="V53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X53">
         <v>3</v>
       </c>
       <c r="Y53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA53">
         <v>2</v>
       </c>
       <c r="AB53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC53">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>MPO</v>
       </c>
       <c r="B54" t="str">
         <v>DUP</v>
       </c>
       <c r="D54" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E54">
-        <v>-4</v>
+        <v>-9</v>
       </c>
       <c r="F54">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G54">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H54">
         <v>176013</v>
       </c>
       <c r="I54" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J54">
-        <v>-4</v>
+        <v>-9</v>
       </c>
       <c r="K54">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="L54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O54">
         <v>2</v>
       </c>
       <c r="P54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q54">
         <v>3</v>
       </c>
       <c r="R54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S54">
         <v>2</v>
       </c>
       <c r="T54">
         <v>4</v>
       </c>
       <c r="U54">
         <v>3</v>
       </c>
       <c r="V54">
         <v>2</v>
       </c>
       <c r="W54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X54">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC54">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>MPO</v>
       </c>
       <c r="B55" t="str">
         <v>DUP</v>
       </c>
       <c r="D55" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E55">
-        <v>-10</v>
+        <v>-4</v>
       </c>
       <c r="F55">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G55">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H55">
         <v>176013</v>
       </c>
       <c r="I55" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J55">
-        <v>-10</v>
+        <v>-4</v>
       </c>
       <c r="K55">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="L55">
         <v>3</v>
       </c>
       <c r="M55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
         <v>3</v>
       </c>
       <c r="Q55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R55">
         <v>2</v>
       </c>
       <c r="S55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U55">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X55">
         <v>4</v>
       </c>
       <c r="Y55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA55">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC55">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>MPO</v>
       </c>
       <c r="B56" t="str">
         <v>DUP</v>
       </c>
       <c r="D56" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E56">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="F56">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G56">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H56">
         <v>176013</v>
       </c>
       <c r="I56" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J56">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="K56">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N56">
         <v>2</v>
       </c>
       <c r="O56">
         <v>3</v>
       </c>
       <c r="P56">
         <v>3</v>
       </c>
       <c r="Q56">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S56">
         <v>3</v>
       </c>
       <c r="T56">
         <v>4</v>
       </c>
       <c r="U56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W56">
         <v>2</v>
       </c>
       <c r="X56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB56">
         <v>3</v>
       </c>
       <c r="AC56">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>MPO</v>
       </c>
       <c r="B57" t="str">
         <v>DUP</v>
       </c>
       <c r="D57" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E57">
-        <v>0</v>
+        <v>-8</v>
       </c>
       <c r="F57">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="G57">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H57">
         <v>176013</v>
       </c>
       <c r="I57" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J57">
-        <v>0</v>
+        <v>-8</v>
       </c>
       <c r="K57">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="L57">
         <v>3</v>
       </c>
       <c r="M57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N57">
         <v>2</v>
       </c>
       <c r="O57">
         <v>3</v>
       </c>
       <c r="P57">
         <v>3</v>
       </c>
       <c r="Q57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R57">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U57">
         <v>4</v>
       </c>
       <c r="V57">
         <v>3</v>
       </c>
       <c r="W57">
         <v>2</v>
       </c>
       <c r="X57">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Y57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z57">
         <v>3</v>
       </c>
       <c r="AA57">
         <v>2</v>
       </c>
       <c r="AB57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC57">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>MPO</v>
       </c>
       <c r="B58" t="str">
         <v>DUP</v>
       </c>
       <c r="D58" t="str">
         <v>Stefan Ignjatović</v>
       </c>
       <c r="E58">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="F58">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G58">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H58">
         <v>176013</v>
       </c>
       <c r="I58" t="str">
         <v>dzedajev</v>
       </c>
       <c r="J58">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="K58">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="L58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N58">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R58">
         <v>3</v>
       </c>
       <c r="S58">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T58">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U58">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V58">
         <v>2</v>
       </c>
       <c r="W58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X58">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z58">
         <v>3</v>
       </c>
       <c r="AA58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB58">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC58">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>MPO</v>
       </c>
       <c r="B59" t="str">
         <v>DUP</v>
       </c>
       <c r="D59" t="str">
-        <v>Predrag Kerčov</v>
+        <v>Stefan Ignjatović</v>
       </c>
       <c r="E59">
-        <v>4</v>
+        <v>-10</v>
       </c>
       <c r="F59">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="G59">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H59">
-        <v>266910</v>
+        <v>176013</v>
       </c>
       <c r="I59" t="str">
-        <v>kercov</v>
+        <v>dzedajev</v>
       </c>
       <c r="J59">
-        <v>4</v>
+        <v>-10</v>
       </c>
       <c r="K59">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="L59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N59">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R59">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S59">
         <v>3</v>
       </c>
       <c r="T59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V59">
         <v>3</v>
       </c>
       <c r="W59">
         <v>2</v>
       </c>
       <c r="X59">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y59">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z59">
         <v>3</v>
       </c>
       <c r="AA59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC59">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>MPO</v>
       </c>
       <c r="B60" t="str">
         <v>DUP</v>
       </c>
       <c r="D60" t="str">
-        <v>Miloš Gavrilović</v>
+        <v>Stefan Ignjatović</v>
       </c>
       <c r="E60">
-        <v>1</v>
+        <v>-8</v>
       </c>
       <c r="F60">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="G60">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="H60">
-        <v>279462</v>
+        <v>176013</v>
       </c>
       <c r="I60" t="str">
-        <v>gavrisimo</v>
+        <v>dzedajev</v>
       </c>
       <c r="J60">
-        <v>1</v>
+        <v>-8</v>
       </c>
       <c r="K60">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="L60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P60">
         <v>3</v>
       </c>
       <c r="Q60">
         <v>2</v>
       </c>
       <c r="R60">
         <v>2</v>
       </c>
       <c r="S60">
         <v>3</v>
       </c>
       <c r="T60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W60">
         <v>2</v>
       </c>
       <c r="X60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z60">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB60">
         <v>3</v>
       </c>
       <c r="AC60">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>MPO</v>
       </c>
       <c r="B61" t="str">
         <v>DUP</v>
       </c>
       <c r="D61" t="str">
-        <v>Miloš Gavrilović</v>
+        <v>Stefan Ignjatović</v>
       </c>
       <c r="E61">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F61">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G61">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H61">
-        <v>279462</v>
+        <v>176013</v>
       </c>
       <c r="I61" t="str">
-        <v>gavrisimo</v>
+        <v>dzedajev</v>
       </c>
       <c r="J61">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K61">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="L61">
         <v>3</v>
       </c>
       <c r="M61">
         <v>3</v>
       </c>
       <c r="N61">
         <v>2</v>
       </c>
       <c r="O61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S61">
+        <v>3</v>
+      </c>
+      <c r="T61">
+        <v>4</v>
+      </c>
+      <c r="U61">
+        <v>4</v>
+      </c>
+      <c r="V61">
+        <v>3</v>
+      </c>
+      <c r="W61">
+        <v>2</v>
+      </c>
+      <c r="X61">
         <v>6</v>
       </c>
-      <c r="T61">
-[...13 lines deleted...]
-      </c>
       <c r="Y61">
         <v>3</v>
       </c>
       <c r="Z61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB61">
         <v>3</v>
       </c>
       <c r="AC61">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>MPO</v>
       </c>
       <c r="B62" t="str">
         <v>DUP</v>
       </c>
       <c r="D62" t="str">
-        <v>Miloš Gavrilović</v>
+        <v>Stefan Ignjatović</v>
       </c>
       <c r="E62">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F62">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G62">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H62">
-        <v>279462</v>
+        <v>176013</v>
       </c>
       <c r="I62" t="str">
-        <v>gavrisimo</v>
+        <v>dzedajev</v>
       </c>
       <c r="J62">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="K62">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M62">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R62">
         <v>3</v>
       </c>
       <c r="S62">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T62">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U62">
         <v>4</v>
       </c>
       <c r="V62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X62">
         <v>4</v>
       </c>
       <c r="Y62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA62">
         <v>3</v>
       </c>
       <c r="AB62">
         <v>3</v>
       </c>
       <c r="AC62">
         <v>6</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>MPO</v>
       </c>
       <c r="B63" t="str">
         <v>DUP</v>
       </c>
       <c r="D63" t="str">
-        <v>Miloš Gavrilović</v>
+        <v>Predrag Kerčov</v>
       </c>
       <c r="E63">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F63">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G63">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="H63">
-        <v>279462</v>
+        <v>266910</v>
       </c>
       <c r="I63" t="str">
-        <v>gavrisimo</v>
+        <v>kercov</v>
       </c>
       <c r="J63">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K63">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="L63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M63">
         <v>3</v>
       </c>
       <c r="N63">
         <v>4</v>
       </c>
       <c r="O63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P63">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q63">
         <v>3</v>
       </c>
       <c r="R63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T63">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W63">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X63">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z63">
         <v>3</v>
       </c>
       <c r="AA63">
         <v>3</v>
       </c>
       <c r="AB63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC63">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>MPO</v>
       </c>
       <c r="B64" t="str">
         <v>DUP</v>
       </c>
       <c r="D64" t="str">
         <v>Miloš Gavrilović</v>
       </c>
       <c r="E64">
-        <v>-3</v>
+        <v>1</v>
       </c>
       <c r="F64">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G64">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="H64">
         <v>279462</v>
       </c>
       <c r="I64" t="str">
         <v>gavrisimo</v>
       </c>
       <c r="J64">
-        <v>-3</v>
+        <v>1</v>
       </c>
       <c r="K64">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L64">
         <v>3</v>
       </c>
       <c r="M64">
         <v>3</v>
       </c>
       <c r="N64">
         <v>3</v>
       </c>
       <c r="O64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P64">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R64">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S64">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T64">
         <v>3</v>
       </c>
       <c r="U64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V64">
         <v>4</v>
       </c>
       <c r="W64">
         <v>2</v>
       </c>
       <c r="X64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z64">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB64">
         <v>3</v>
       </c>
       <c r="AC64">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>MPO</v>
       </c>
       <c r="B65" t="str">
         <v>DUP</v>
       </c>
       <c r="D65" t="str">
         <v>Miloš Gavrilović</v>
       </c>
       <c r="E65">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="F65">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G65">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H65">
         <v>279462</v>
       </c>
       <c r="I65" t="str">
         <v>gavrisimo</v>
       </c>
       <c r="J65">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="K65">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="L65">
         <v>3</v>
       </c>
       <c r="M65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q65">
         <v>3</v>
       </c>
       <c r="R65">
         <v>3</v>
       </c>
       <c r="S65">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="T65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X65">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA65">
         <v>3</v>
       </c>
       <c r="AB65">
         <v>3</v>
       </c>
       <c r="AC65">
         <v>4</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>MPO</v>
       </c>
       <c r="B66" t="str">
         <v>DUP</v>
       </c>
       <c r="D66" t="str">
         <v>Miloš Gavrilović</v>
       </c>
       <c r="E66">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F66">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G66">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H66">
         <v>279462</v>
       </c>
       <c r="I66" t="str">
         <v>gavrisimo</v>
       </c>
       <c r="J66">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="K66">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="L66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P66">
         <v>4</v>
       </c>
       <c r="Q66">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T66">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V66">
         <v>3</v>
       </c>
       <c r="W66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA66">
         <v>3</v>
       </c>
       <c r="AB66">
         <v>3</v>
       </c>
       <c r="AC66">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>MPO</v>
       </c>
       <c r="B67" t="str">
         <v>DUP</v>
       </c>
       <c r="D67" t="str">
         <v>Miloš Gavrilović</v>
       </c>
       <c r="E67">
-        <v>-4</v>
+        <v>1</v>
       </c>
       <c r="F67">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G67">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H67">
         <v>279462</v>
       </c>
       <c r="I67" t="str">
         <v>gavrisimo</v>
       </c>
       <c r="J67">
-        <v>-4</v>
+        <v>1</v>
       </c>
       <c r="K67">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="L67">
         <v>3</v>
       </c>
       <c r="M67">
         <v>3</v>
       </c>
       <c r="N67">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O67">
         <v>3</v>
       </c>
       <c r="P67">
         <v>4</v>
       </c>
       <c r="Q67">
         <v>3</v>
       </c>
       <c r="R67">
         <v>3</v>
       </c>
       <c r="S67">
         <v>2</v>
       </c>
       <c r="T67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U67">
         <v>4</v>
       </c>
       <c r="V67">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X67">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA67">
         <v>3</v>
       </c>
       <c r="AB67">
         <v>2</v>
       </c>
       <c r="AC67">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>MPO</v>
       </c>
       <c r="B68" t="str">
         <v>DUP</v>
       </c>
       <c r="D68" t="str">
         <v>Miloš Gavrilović</v>
       </c>
       <c r="E68">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F68">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G68">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H68">
         <v>279462</v>
       </c>
       <c r="I68" t="str">
         <v>gavrisimo</v>
       </c>
       <c r="J68">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="K68">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="L68">
         <v>3</v>
       </c>
       <c r="M68">
         <v>3</v>
       </c>
       <c r="N68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P68">
         <v>2</v>
       </c>
       <c r="Q68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S68">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y68">
         <v>3</v>
       </c>
       <c r="Z68">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB68">
         <v>3</v>
       </c>
       <c r="AC68">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>MPO</v>
       </c>
       <c r="B69" t="str">
         <v>DUP</v>
       </c>
       <c r="D69" t="str">
         <v>Miloš Gavrilović</v>
       </c>
       <c r="E69">
-        <v>6</v>
+        <v>-4</v>
       </c>
       <c r="F69">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G69">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H69">
         <v>279462</v>
       </c>
       <c r="I69" t="str">
         <v>gavrisimo</v>
       </c>
       <c r="J69">
-        <v>6</v>
+        <v>-4</v>
       </c>
       <c r="K69">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="L69">
         <v>3</v>
       </c>
       <c r="M69">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O69">
         <v>3</v>
       </c>
       <c r="P69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q69">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R69">
         <v>3</v>
       </c>
       <c r="S69">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T69">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U69">
         <v>4</v>
       </c>
       <c r="V69">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W69">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X69">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y69">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z69">
         <v>3</v>
       </c>
       <c r="AA69">
         <v>3</v>
       </c>
       <c r="AB69">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC69">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>MPO</v>
       </c>
       <c r="B70" t="str">
         <v>DUP</v>
       </c>
       <c r="D70" t="str">
-        <v xml:space="preserve">Miroslav Vučetić </v>
+        <v>Miloš Gavrilović</v>
       </c>
       <c r="E70">
-        <v>4</v>
+        <v>-2</v>
       </c>
       <c r="F70">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="G70">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H70">
-        <v>296752</v>
+        <v>279462</v>
       </c>
       <c r="I70" t="str">
-        <v>cikazuba</v>
+        <v>gavrisimo</v>
       </c>
       <c r="J70">
-        <v>4</v>
+        <v>-2</v>
       </c>
       <c r="K70">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="L70">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M70">
         <v>3</v>
       </c>
       <c r="N70">
         <v>2</v>
       </c>
       <c r="O70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P70">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q70">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S70">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T70">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U70">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V70">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X70">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Y70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z70">
         <v>3</v>
       </c>
       <c r="AA70">
         <v>3</v>
       </c>
       <c r="AB70">
         <v>3</v>
       </c>
       <c r="AC70">
         <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>MPO</v>
       </c>
       <c r="B71" t="str">
         <v>DUP</v>
       </c>
       <c r="D71" t="str">
-        <v xml:space="preserve">Miroslav Vučetić </v>
+        <v>Miloš Gavrilović</v>
       </c>
       <c r="E71">
-        <v>9</v>
+        <v>-4</v>
       </c>
       <c r="F71">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="G71">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H71">
-        <v>296752</v>
+        <v>279462</v>
       </c>
       <c r="I71" t="str">
-        <v>cikazuba</v>
+        <v>gavrisimo</v>
       </c>
       <c r="J71">
-        <v>9</v>
+        <v>-4</v>
       </c>
       <c r="K71">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="L71">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O71">
         <v>3</v>
       </c>
       <c r="P71">
         <v>4</v>
       </c>
       <c r="Q71">
         <v>3</v>
       </c>
       <c r="R71">
         <v>3</v>
       </c>
       <c r="S71">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="T71">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U71">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X71">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Y71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z71">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA71">
         <v>3</v>
       </c>
       <c r="AB71">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC71">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>MPO</v>
       </c>
       <c r="B72" t="str">
         <v>DUP</v>
       </c>
       <c r="D72" t="str">
-        <v xml:space="preserve">Miroslav Vučetić </v>
+        <v>Miloš Gavrilović</v>
       </c>
       <c r="E72">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F72">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="G72">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H72">
-        <v>296752</v>
+        <v>279462</v>
       </c>
       <c r="I72" t="str">
-        <v>cikazuba</v>
+        <v>gavrisimo</v>
       </c>
       <c r="J72">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="K72">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="L72">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M72">
         <v>3</v>
       </c>
       <c r="N72">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P72">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q72">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R72">
         <v>3</v>
       </c>
       <c r="S72">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="T72">
         <v>4</v>
       </c>
       <c r="U72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V72">
         <v>3</v>
       </c>
       <c r="W72">
         <v>3</v>
       </c>
       <c r="X72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y72">
         <v>3</v>
       </c>
       <c r="Z72">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA72">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB72">
         <v>3</v>
       </c>
       <c r="AC72">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>MPO</v>
       </c>
       <c r="B73" t="str">
         <v>DUP</v>
       </c>
       <c r="D73" t="str">
-        <v xml:space="preserve">Miroslav Vučetić </v>
+        <v>Miloš Gavrilović</v>
       </c>
       <c r="E73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F73">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G73">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H73">
-        <v>296752</v>
+        <v>279462</v>
       </c>
       <c r="I73" t="str">
-        <v>cikazuba</v>
+        <v>gavrisimo</v>
       </c>
       <c r="J73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K73">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="L73">
         <v>3</v>
       </c>
       <c r="M73">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O73">
         <v>3</v>
       </c>
       <c r="P73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R73">
         <v>3</v>
       </c>
       <c r="S73">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T73">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V73">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W73">
         <v>2</v>
       </c>
       <c r="X73">
         <v>5</v>
       </c>
       <c r="Y73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z73">
         <v>3</v>
       </c>
       <c r="AA73">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB73">
         <v>2</v>
       </c>
       <c r="AC73">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>MPO</v>
       </c>
       <c r="B74" t="str">
         <v>DUP</v>
       </c>
       <c r="D74" t="str">
         <v xml:space="preserve">Miroslav Vučetić </v>
       </c>
       <c r="E74">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F74">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G74">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H74">
         <v>296752</v>
       </c>
       <c r="I74" t="str">
         <v>cikazuba</v>
       </c>
       <c r="J74">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K74">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="L74">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M74">
         <v>3</v>
       </c>
       <c r="N74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q74">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R74">
         <v>3</v>
       </c>
       <c r="S74">
         <v>4</v>
       </c>
       <c r="T74">
         <v>4</v>
       </c>
       <c r="U74">
+        <v>4</v>
+      </c>
+      <c r="V74">
+        <v>4</v>
+      </c>
+      <c r="W74">
+        <v>3</v>
+      </c>
+      <c r="X74">
         <v>6</v>
       </c>
-      <c r="V74">
-[...7 lines deleted...]
-      </c>
       <c r="Y74">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z74">
         <v>3</v>
       </c>
       <c r="AA74">
         <v>3</v>
       </c>
       <c r="AB74">
         <v>3</v>
       </c>
       <c r="AC74">
         <v>4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>MPO</v>
       </c>
       <c r="B75" t="str">
         <v>DUP</v>
       </c>
       <c r="D75" t="str">
-        <v>Javor</v>
+        <v xml:space="preserve">Miroslav Vučetić </v>
       </c>
       <c r="E75">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F75">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G75">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H75">
-        <v>296970</v>
+        <v>296752</v>
       </c>
       <c r="I75" t="str">
-        <v>mapleman</v>
+        <v>cikazuba</v>
       </c>
       <c r="J75">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K75">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M75">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N75">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q75">
         <v>3</v>
       </c>
       <c r="R75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S75">
         <v>6</v>
       </c>
       <c r="T75">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V75">
         <v>3</v>
       </c>
       <c r="W75">
         <v>3</v>
       </c>
       <c r="X75">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Y75">
         <v>3</v>
       </c>
       <c r="Z75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA75">
         <v>3</v>
       </c>
       <c r="AB75">
         <v>3</v>
       </c>
       <c r="AC75">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>MPO</v>
       </c>
       <c r="B76" t="str">
         <v>DUP</v>
       </c>
       <c r="D76" t="str">
-        <v>Javor</v>
+        <v xml:space="preserve">Miroslav Vučetić </v>
       </c>
       <c r="E76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F76">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H76">
-        <v>296970</v>
+        <v>296752</v>
       </c>
       <c r="I76" t="str">
-        <v>mapleman</v>
+        <v>cikazuba</v>
       </c>
       <c r="J76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K76">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M76">
         <v>3</v>
       </c>
       <c r="N76">
         <v>3</v>
       </c>
       <c r="O76">
         <v>3</v>
       </c>
       <c r="P76">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R76">
         <v>3</v>
       </c>
       <c r="S76">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="T76">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U76">
         <v>3</v>
       </c>
       <c r="V76">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W76">
         <v>3</v>
       </c>
       <c r="X76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y76">
         <v>3</v>
       </c>
       <c r="Z76">
         <v>3</v>
       </c>
       <c r="AA76">
         <v>3</v>
       </c>
       <c r="AB76">
         <v>3</v>
       </c>
       <c r="AC76">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="str">
         <v>MPO</v>
       </c>
       <c r="B77" t="str">
         <v>DUP</v>
       </c>
       <c r="D77" t="str">
-        <v>Javor</v>
+        <v xml:space="preserve">Miroslav Vučetić </v>
       </c>
       <c r="E77">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F77">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G77">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H77">
-        <v>296970</v>
+        <v>296752</v>
       </c>
       <c r="I77" t="str">
-        <v>mapleman</v>
+        <v>cikazuba</v>
       </c>
       <c r="J77">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K77">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L77">
         <v>3</v>
       </c>
       <c r="M77">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N77">
         <v>3</v>
       </c>
       <c r="O77">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P77">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q77">
         <v>3</v>
       </c>
       <c r="R77">
         <v>3</v>
       </c>
       <c r="S77">
         <v>4</v>
       </c>
       <c r="T77">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U77">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V77">
         <v>3</v>
       </c>
       <c r="W77">
         <v>2</v>
       </c>
       <c r="X77">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y77">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z77">
         <v>3</v>
       </c>
       <c r="AA77">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB77">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC77">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="str">
         <v>MPO</v>
       </c>
       <c r="B78" t="str">
         <v>DUP</v>
       </c>
       <c r="D78" t="str">
-        <v>Javor</v>
+        <v xml:space="preserve">Miroslav Vučetić </v>
       </c>
       <c r="E78">
         <v>5</v>
       </c>
       <c r="F78">
         <v>63</v>
       </c>
       <c r="G78">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H78">
-        <v>296970</v>
+        <v>296752</v>
       </c>
       <c r="I78" t="str">
-        <v>mapleman</v>
+        <v>cikazuba</v>
       </c>
       <c r="J78">
         <v>5</v>
       </c>
       <c r="K78">
         <v>63</v>
       </c>
       <c r="L78">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M78">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N78">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O78">
         <v>3</v>
       </c>
       <c r="P78">
         <v>3</v>
       </c>
       <c r="Q78">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R78">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S78">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T78">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U78">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="V78">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W78">
         <v>3</v>
       </c>
       <c r="X78">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y78">
         <v>4</v>
       </c>
       <c r="Z78">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA78">
         <v>3</v>
       </c>
       <c r="AB78">
         <v>3</v>
       </c>
       <c r="AC78">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="str">
         <v>MPO</v>
       </c>
       <c r="B79" t="str">
         <v>DUP</v>
       </c>
       <c r="D79" t="str">
-        <v xml:space="preserve">Ivan Dimitrijevic </v>
+        <v>Javor</v>
       </c>
       <c r="E79">
-        <v>-3</v>
+        <v>8</v>
       </c>
       <c r="F79">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G79">
+        <v>5</v>
+      </c>
+      <c r="H79">
+        <v>296970</v>
+      </c>
+      <c r="I79" t="str">
+        <v>mapleman</v>
+      </c>
+      <c r="J79">
+        <v>8</v>
+      </c>
+      <c r="K79">
+        <v>66</v>
+      </c>
+      <c r="L79">
+        <v>3</v>
+      </c>
+      <c r="M79">
+        <v>3</v>
+      </c>
+      <c r="N79">
+        <v>3</v>
+      </c>
+      <c r="O79">
+        <v>4</v>
+      </c>
+      <c r="P79">
+        <v>3</v>
+      </c>
+      <c r="Q79">
+        <v>3</v>
+      </c>
+      <c r="R79">
+        <v>4</v>
+      </c>
+      <c r="S79">
         <v>6</v>
       </c>
-      <c r="I79" t="str">
-[...31 lines deleted...]
-      </c>
       <c r="T79">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U79">
         <v>4</v>
       </c>
       <c r="V79">
         <v>3</v>
       </c>
       <c r="W79">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X79">
         <v>5</v>
       </c>
       <c r="Y79">
         <v>3</v>
       </c>
       <c r="Z79">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA79">
         <v>3</v>
       </c>
       <c r="AB79">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC79">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="str">
         <v>MPO</v>
       </c>
       <c r="B80" t="str">
         <v>DUP</v>
       </c>
       <c r="D80" t="str">
-        <v xml:space="preserve">Ivan Dimitrijevic </v>
+        <v>Javor</v>
       </c>
       <c r="E80">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F80">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G80">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="H80">
+        <v>296970</v>
       </c>
       <c r="I80" t="str">
-        <v>ivan83</v>
+        <v>mapleman</v>
       </c>
       <c r="J80">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K80">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="L80">
         <v>3</v>
       </c>
       <c r="M80">
         <v>3</v>
       </c>
       <c r="N80">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O80">
         <v>3</v>
       </c>
       <c r="P80">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q80">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R80">
         <v>3</v>
       </c>
       <c r="S80">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T80">
         <v>5</v>
       </c>
       <c r="U80">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V80">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W80">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X80">
         <v>4</v>
       </c>
       <c r="Y80">
         <v>3</v>
       </c>
       <c r="Z80">
         <v>3</v>
       </c>
       <c r="AA80">
         <v>3</v>
       </c>
       <c r="AB80">
         <v>3</v>
       </c>
       <c r="AC80">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="str">
         <v>MPO</v>
       </c>
       <c r="B81" t="str">
         <v>DUP</v>
       </c>
       <c r="D81" t="str">
-        <v xml:space="preserve">Ivan Dimitrijevic </v>
+        <v>Javor</v>
       </c>
       <c r="E81">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="F81">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="G81">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="H81">
+        <v>296970</v>
       </c>
       <c r="I81" t="str">
-        <v>ivan83</v>
+        <v>mapleman</v>
       </c>
       <c r="J81">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="K81">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="L81">
         <v>3</v>
       </c>
       <c r="M81">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N81">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O81">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P81">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q81">
         <v>3</v>
       </c>
       <c r="R81">
         <v>3</v>
       </c>
       <c r="S81">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T81">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U81">
         <v>4</v>
       </c>
       <c r="V81">
         <v>3</v>
       </c>
       <c r="W81">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X81">
         <v>4</v>
       </c>
       <c r="Y81">
         <v>3</v>
       </c>
       <c r="Z81">
         <v>3</v>
       </c>
       <c r="AA81">
         <v>3</v>
       </c>
       <c r="AB81">
         <v>3</v>
       </c>
       <c r="AC81">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="str">
         <v>MPO</v>
       </c>
       <c r="B82" t="str">
         <v>DUP</v>
       </c>
       <c r="D82" t="str">
-        <v xml:space="preserve">Ivan Dimitrijevic </v>
+        <v>Javor</v>
       </c>
       <c r="E82">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="F82">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="G82">
         <v>2</v>
       </c>
+      <c r="H82">
+        <v>296970</v>
+      </c>
       <c r="I82" t="str">
-        <v>ivan83</v>
+        <v>mapleman</v>
       </c>
       <c r="J82">
-        <v>-2</v>
+        <v>5</v>
       </c>
       <c r="K82">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="L82">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M82">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N82">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O82">
         <v>3</v>
       </c>
       <c r="P82">
         <v>3</v>
       </c>
       <c r="Q82">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R82">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S82">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T82">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U82">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V82">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W82">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X82">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y82">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z82">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA82">
         <v>3</v>
       </c>
       <c r="AB82">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC82">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>MPO</v>
       </c>
       <c r="B83" t="str">
         <v>DUP</v>
       </c>
       <c r="D83" t="str">
         <v xml:space="preserve">Ivan Dimitrijevic </v>
       </c>
       <c r="E83">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="F83">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="G83">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I83" t="str">
         <v>ivan83</v>
       </c>
       <c r="J83">
+        <v>-3</v>
+      </c>
+      <c r="K83">
+        <v>55</v>
+      </c>
+      <c r="L83">
+        <v>3</v>
+      </c>
+      <c r="M83">
+        <v>2</v>
+      </c>
+      <c r="N83">
         <v>1</v>
       </c>
-      <c r="K83">
-[...10 lines deleted...]
-      </c>
       <c r="O83">
         <v>3</v>
       </c>
       <c r="P83">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q83">
         <v>3</v>
       </c>
       <c r="R83">
         <v>2</v>
       </c>
       <c r="S83">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T83">
         <v>4</v>
       </c>
       <c r="U83">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W83">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X83">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y83">
         <v>3</v>
       </c>
       <c r="Z83">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB83">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC83">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>MPO</v>
       </c>
       <c r="B84" t="str">
         <v>DUP</v>
       </c>
       <c r="D84" t="str">
-        <v xml:space="preserve">Nenad Nikolić </v>
+        <v xml:space="preserve">Ivan Dimitrijevic </v>
       </c>
       <c r="E84">
-        <v>-6</v>
+        <v>1</v>
       </c>
       <c r="F84">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G84">
         <v>5</v>
       </c>
       <c r="I84" t="str">
-        <v>nnikolic</v>
+        <v>ivan83</v>
       </c>
       <c r="J84">
-        <v>-6</v>
+        <v>1</v>
       </c>
       <c r="K84">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="L84">
         <v>3</v>
       </c>
       <c r="M84">
         <v>3</v>
       </c>
       <c r="N84">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O84">
         <v>3</v>
       </c>
       <c r="P84">
         <v>3</v>
       </c>
       <c r="Q84">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R84">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S84">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T84">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V84">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W84">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y84">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z84">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA84">
         <v>3</v>
       </c>
       <c r="AB84">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC84">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>MPO</v>
       </c>
       <c r="B85" t="str">
         <v>DUP</v>
       </c>
       <c r="D85" t="str">
-        <v xml:space="preserve">Nenad Nikolić </v>
+        <v xml:space="preserve">Ivan Dimitrijevic </v>
       </c>
       <c r="E85">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="F85">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G85">
         <v>4</v>
       </c>
       <c r="I85" t="str">
-        <v>nnikolic</v>
+        <v>ivan83</v>
       </c>
       <c r="J85">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="K85">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="L85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M85">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N85">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O85">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R85">
         <v>3</v>
       </c>
       <c r="S85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T85">
         <v>4</v>
       </c>
       <c r="U85">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X85">
         <v>4</v>
       </c>
       <c r="Y85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z85">
         <v>3</v>
       </c>
       <c r="AA85">
         <v>3</v>
       </c>
       <c r="AB85">
         <v>3</v>
       </c>
       <c r="AC85">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>MPO</v>
       </c>
       <c r="B86" t="str">
         <v>DUP</v>
       </c>
       <c r="D86" t="str">
-        <v xml:space="preserve">Nenad Nikolić </v>
+        <v xml:space="preserve">Ivan Dimitrijevic </v>
       </c>
       <c r="E86">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="F86">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G86">
         <v>2</v>
       </c>
       <c r="I86" t="str">
-        <v>nnikolic</v>
+        <v>ivan83</v>
       </c>
       <c r="J86">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="K86">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="L86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O86">
         <v>3</v>
       </c>
       <c r="P86">
         <v>3</v>
       </c>
       <c r="Q86">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R86">
         <v>3</v>
       </c>
       <c r="S86">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T86">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U86">
         <v>3</v>
       </c>
       <c r="V86">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W86">
         <v>2</v>
       </c>
       <c r="X86">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y86">
         <v>3</v>
       </c>
       <c r="Z86">
         <v>3</v>
       </c>
       <c r="AA86">
         <v>3</v>
       </c>
       <c r="AB86">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC86">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="str">
         <v>MPO</v>
       </c>
       <c r="B87" t="str">
         <v>DUP</v>
       </c>
       <c r="D87" t="str">
-        <v xml:space="preserve">Nenad Nikolić </v>
+        <v xml:space="preserve">Ivan Dimitrijevic </v>
       </c>
       <c r="E87">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F87">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G87">
         <v>1</v>
       </c>
       <c r="I87" t="str">
-        <v>nnikolic</v>
+        <v>ivan83</v>
       </c>
       <c r="J87">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="K87">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L87">
         <v>3</v>
       </c>
       <c r="M87">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N87">
         <v>3</v>
       </c>
       <c r="O87">
         <v>3</v>
       </c>
       <c r="P87">
         <v>3</v>
       </c>
       <c r="Q87">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R87">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S87">
         <v>3</v>
       </c>
       <c r="T87">
         <v>4</v>
       </c>
       <c r="U87">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V87">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W87">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X87">
         <v>4</v>
       </c>
       <c r="Y87">
         <v>3</v>
       </c>
       <c r="Z87">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA87">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB87">
         <v>3</v>
       </c>
       <c r="AC87">
         <v>5</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>MPO</v>
       </c>
       <c r="B88" t="str">
         <v>DUP</v>
       </c>
       <c r="D88" t="str">
-        <v>Nikola</v>
+        <v xml:space="preserve">Nenad Nikolić </v>
       </c>
       <c r="E88">
-        <v>12</v>
+        <v>-6</v>
       </c>
       <c r="F88">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="G88">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I88" t="str">
-        <v>breka963</v>
+        <v>nnikolic</v>
       </c>
       <c r="J88">
-        <v>12</v>
+        <v>-6</v>
       </c>
       <c r="K88">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="L88">
         <v>3</v>
       </c>
       <c r="M88">
         <v>3</v>
       </c>
       <c r="N88">
         <v>3</v>
       </c>
       <c r="O88">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P88">
         <v>3</v>
       </c>
       <c r="Q88">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R88">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S88">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T88">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U88">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V88">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W88">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X88">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y88">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z88">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AA88">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB88">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC88">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>MPO</v>
       </c>
       <c r="B89" t="str">
         <v>DUP</v>
       </c>
       <c r="D89" t="str">
-        <v>Nikola</v>
+        <v xml:space="preserve">Nenad Nikolić </v>
       </c>
       <c r="E89">
-        <v>4</v>
+        <v>-5</v>
       </c>
       <c r="F89">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="G89">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I89" t="str">
-        <v>breka963</v>
+        <v>nnikolic</v>
       </c>
       <c r="J89">
-        <v>4</v>
+        <v>-5</v>
       </c>
       <c r="K89">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="L89">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M89">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N89">
         <v>3</v>
       </c>
       <c r="O89">
         <v>3</v>
       </c>
       <c r="P89">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q89">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R89">
         <v>3</v>
       </c>
       <c r="S89">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T89">
         <v>4</v>
       </c>
       <c r="U89">
         <v>3</v>
       </c>
       <c r="V89">
         <v>2</v>
       </c>
       <c r="W89">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X89">
         <v>4</v>
       </c>
       <c r="Y89">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z89">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA89">
         <v>3</v>
       </c>
       <c r="AB89">
         <v>3</v>
       </c>
       <c r="AC89">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>MPO</v>
       </c>
       <c r="B90" t="str">
         <v>DUP</v>
       </c>
       <c r="D90" t="str">
-        <v>Petar Rakic</v>
+        <v xml:space="preserve">Nenad Nikolić </v>
       </c>
       <c r="E90">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F90">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G90">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="I90" t="str">
-        <v>rakicpetar</v>
+        <v>nnikolic</v>
       </c>
       <c r="J90">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="K90">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L90">
         <v>2</v>
       </c>
       <c r="M90">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N90">
         <v>2</v>
       </c>
       <c r="O90">
         <v>3</v>
       </c>
       <c r="P90">
         <v>3</v>
       </c>
       <c r="Q90">
         <v>3</v>
       </c>
       <c r="R90">
         <v>3</v>
       </c>
       <c r="S90">
         <v>3</v>
       </c>
       <c r="T90">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U90">
         <v>3</v>
       </c>
       <c r="V90">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W90">
         <v>2</v>
       </c>
       <c r="X90">
         <v>4</v>
       </c>
       <c r="Y90">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA90">
         <v>3</v>
       </c>
       <c r="AB90">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC90">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="str">
         <v>MPO</v>
       </c>
       <c r="B91" t="str">
         <v>DUP</v>
       </c>
       <c r="D91" t="str">
-        <v>Petar Rakic</v>
+        <v xml:space="preserve">Nenad Nikolić </v>
       </c>
       <c r="E91">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="F91">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="G91">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="I91" t="str">
-        <v>rakicpetar</v>
+        <v>nnikolic</v>
       </c>
       <c r="J91">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="K91">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="L91">
         <v>3</v>
       </c>
       <c r="M91">
         <v>2</v>
       </c>
       <c r="N91">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O91">
         <v>3</v>
       </c>
       <c r="P91">
         <v>3</v>
       </c>
       <c r="Q91">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R91">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S91">
         <v>3</v>
       </c>
       <c r="T91">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U91">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V91">
         <v>3</v>
       </c>
       <c r="W91">
         <v>2</v>
       </c>
       <c r="X91">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y91">
         <v>3</v>
       </c>
       <c r="Z91">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA91">
         <v>3</v>
       </c>
       <c r="AB91">
         <v>3</v>
       </c>
       <c r="AC91">
         <v>5</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="str">
         <v>MPO</v>
       </c>
       <c r="B92" t="str">
         <v>DUP</v>
       </c>
       <c r="D92" t="str">
-        <v>Petar Rakic</v>
+        <v>Nikola</v>
       </c>
       <c r="E92">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F92">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="G92">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="I92" t="str">
-        <v>rakicpetar</v>
+        <v>breka963</v>
       </c>
       <c r="J92">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="K92">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="L92">
         <v>3</v>
       </c>
       <c r="M92">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N92">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O92">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P92">
         <v>3</v>
       </c>
       <c r="Q92">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R92">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S92">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T92">
         <v>4</v>
       </c>
       <c r="U92">
         <v>4</v>
       </c>
       <c r="V92">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W92">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X92">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y92">
         <v>3</v>
       </c>
       <c r="Z92">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA92">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB92">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC92">
         <v>5</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="str">
         <v>MPO</v>
       </c>
       <c r="B93" t="str">
         <v>DUP</v>
       </c>
       <c r="D93" t="str">
-        <v>Petar Rakic</v>
+        <v>Nikola</v>
       </c>
       <c r="E93">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F93">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="G93">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I93" t="str">
-        <v>rakicpetar</v>
+        <v>breka963</v>
       </c>
       <c r="J93">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K93">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="L93">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M93">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N93">
         <v>3</v>
       </c>
       <c r="O93">
         <v>3</v>
       </c>
       <c r="P93">
         <v>3</v>
       </c>
       <c r="Q93">
         <v>4</v>
       </c>
       <c r="R93">
         <v>3</v>
       </c>
       <c r="S93">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T93">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U93">
         <v>3</v>
       </c>
       <c r="V93">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W93">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X93">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y93">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z93">
         <v>4</v>
       </c>
       <c r="AA93">
         <v>3</v>
       </c>
       <c r="AB93">
         <v>3</v>
       </c>
       <c r="AC93">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="str">
         <v>MPO</v>
       </c>
       <c r="B94" t="str">
         <v>DUP</v>
       </c>
       <c r="D94" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E94">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F94">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G94">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="I94" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J94">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="K94">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L94">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M94">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N94">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O94">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P94">
         <v>3</v>
       </c>
       <c r="Q94">
         <v>3</v>
       </c>
       <c r="R94">
         <v>3</v>
       </c>
       <c r="S94">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T94">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U94">
         <v>3</v>
       </c>
       <c r="V94">
         <v>4</v>
       </c>
       <c r="W94">
         <v>2</v>
       </c>
       <c r="X94">
         <v>4</v>
       </c>
       <c r="Y94">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z94">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA94">
         <v>3</v>
       </c>
       <c r="AB94">
         <v>2</v>
       </c>
       <c r="AC94">
         <v>4</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="str">
         <v>MPO</v>
       </c>
       <c r="B95" t="str">
         <v>DUP</v>
       </c>
       <c r="D95" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E95">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="F95">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G95">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="I95" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J95">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="K95">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="L95">
         <v>3</v>
       </c>
       <c r="M95">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N95">
         <v>2</v>
       </c>
       <c r="O95">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P95">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q95">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R95">
         <v>3</v>
       </c>
       <c r="S95">
         <v>3</v>
       </c>
       <c r="T95">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U95">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V95">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W95">
         <v>2</v>
       </c>
       <c r="X95">
         <v>3</v>
       </c>
       <c r="Y95">
         <v>3</v>
       </c>
       <c r="Z95">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="AA95">
         <v>3</v>
       </c>
       <c r="AB95">
         <v>3</v>
       </c>
       <c r="AC95">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="str">
         <v>MPO</v>
       </c>
       <c r="B96" t="str">
         <v>DUP</v>
       </c>
       <c r="D96" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E96">
-        <v>-6</v>
+        <v>1</v>
       </c>
       <c r="F96">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G96">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="I96" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J96">
-        <v>-6</v>
+        <v>1</v>
       </c>
       <c r="K96">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="L96">
         <v>3</v>
       </c>
       <c r="M96">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N96">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O96">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P96">
         <v>3</v>
       </c>
       <c r="Q96">
         <v>2</v>
       </c>
       <c r="R96">
         <v>2</v>
       </c>
       <c r="S96">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="T96">
         <v>4</v>
       </c>
       <c r="U96">
         <v>4</v>
       </c>
       <c r="V96">
         <v>3</v>
       </c>
       <c r="W96">
         <v>2</v>
       </c>
       <c r="X96">
         <v>3</v>
       </c>
       <c r="Y96">
         <v>3</v>
       </c>
       <c r="Z96">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA96">
         <v>3</v>
       </c>
       <c r="AB96">
         <v>3</v>
       </c>
       <c r="AC96">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="str">
         <v>MPO</v>
       </c>
       <c r="B97" t="str">
         <v>DUP</v>
       </c>
       <c r="D97" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E97">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F97">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G97">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I97" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J97">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K97">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="L97">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M97">
         <v>3</v>
       </c>
       <c r="N97">
         <v>3</v>
       </c>
       <c r="O97">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P97">
         <v>3</v>
       </c>
       <c r="Q97">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R97">
         <v>3</v>
       </c>
       <c r="S97">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T97">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U97">
         <v>3</v>
       </c>
       <c r="V97">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W97">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X97">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y97">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z97">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA97">
         <v>3</v>
       </c>
       <c r="AB97">
         <v>3</v>
       </c>
       <c r="AC97">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
         <v>MPO</v>
       </c>
       <c r="B98" t="str">
         <v>DUP</v>
       </c>
       <c r="D98" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E98">
-        <v>-7</v>
+        <v>0</v>
       </c>
       <c r="F98">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="G98">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="I98" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J98">
-        <v>-7</v>
+        <v>0</v>
       </c>
       <c r="K98">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="L98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M98">
         <v>2</v>
       </c>
       <c r="N98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O98">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P98">
         <v>3</v>
       </c>
       <c r="Q98">
         <v>3</v>
       </c>
       <c r="R98">
         <v>3</v>
       </c>
       <c r="S98">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T98">
         <v>4</v>
       </c>
       <c r="U98">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V98">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W98">
         <v>2</v>
       </c>
       <c r="X98">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y98">
         <v>3</v>
       </c>
       <c r="Z98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA98">
         <v>3</v>
       </c>
       <c r="AB98">
         <v>2</v>
       </c>
       <c r="AC98">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
         <v>MPO</v>
       </c>
       <c r="B99" t="str">
         <v>DUP</v>
       </c>
       <c r="D99" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E99">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F99">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G99">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I99" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J99">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="K99">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M99">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N99">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O99">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P99">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q99">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R99">
         <v>3</v>
       </c>
       <c r="S99">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T99">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U99">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V99">
         <v>2</v>
       </c>
       <c r="W99">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X99">
         <v>3</v>
       </c>
       <c r="Y99">
         <v>3</v>
       </c>
       <c r="Z99">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AA99">
         <v>3</v>
       </c>
       <c r="AB99">
         <v>3</v>
       </c>
       <c r="AC99">
         <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
         <v>MPO</v>
       </c>
       <c r="B100" t="str">
         <v>DUP</v>
       </c>
       <c r="D100" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E100">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="F100">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G100">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I100" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J100">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="K100">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L100">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M100">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N100">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O100">
         <v>3</v>
       </c>
       <c r="P100">
         <v>3</v>
       </c>
       <c r="Q100">
         <v>2</v>
       </c>
       <c r="R100">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S100">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T100">
         <v>4</v>
       </c>
       <c r="U100">
         <v>4</v>
       </c>
       <c r="V100">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W100">
         <v>2</v>
       </c>
       <c r="X100">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y100">
         <v>3</v>
       </c>
       <c r="Z100">
         <v>2</v>
       </c>
       <c r="AA100">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB100">
         <v>3</v>
       </c>
       <c r="AC100">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
         <v>MPO</v>
       </c>
       <c r="B101" t="str">
         <v>DUP</v>
       </c>
       <c r="D101" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E101">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F101">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G101">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I101" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J101">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="K101">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L101">
         <v>3</v>
       </c>
       <c r="M101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O101">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P101">
         <v>3</v>
       </c>
       <c r="Q101">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S101">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T101">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U101">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V101">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X101">
         <v>4</v>
       </c>
       <c r="Y101">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z101">
         <v>3</v>
       </c>
       <c r="AA101">
         <v>3</v>
       </c>
       <c r="AB101">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC101">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v>MPO</v>
       </c>
       <c r="B102" t="str">
         <v>DUP</v>
       </c>
       <c r="D102" t="str">
         <v>Petar Rakic</v>
       </c>
       <c r="E102">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="F102">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="G102">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I102" t="str">
         <v>rakicpetar</v>
       </c>
       <c r="J102">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="K102">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="L102">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M102">
         <v>2</v>
       </c>
       <c r="N102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O102">
         <v>2</v>
       </c>
       <c r="P102">
         <v>3</v>
       </c>
       <c r="Q102">
         <v>3</v>
       </c>
       <c r="R102">
         <v>3</v>
       </c>
       <c r="S102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X102">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y102">
         <v>3</v>
       </c>
       <c r="Z102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA102">
         <v>3</v>
       </c>
       <c r="AB102">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC102">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v>MPO</v>
       </c>
       <c r="B103" t="str">
         <v>DUP</v>
       </c>
       <c r="D103" t="str">
-        <v xml:space="preserve">Predrag Nikolić </v>
+        <v>Petar Rakic</v>
       </c>
       <c r="E103">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="F103">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G103">
         <v>4</v>
       </c>
       <c r="I103" t="str">
-        <v>peedja</v>
+        <v>rakicpetar</v>
       </c>
       <c r="J103">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="K103">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="L103">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N103">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O103">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P103">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R103">
         <v>3</v>
       </c>
       <c r="S103">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="T103">
         <v>3</v>
       </c>
       <c r="U103">
         <v>3</v>
       </c>
       <c r="V103">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X103">
         <v>3</v>
       </c>
       <c r="Y103">
         <v>3</v>
       </c>
       <c r="Z103">
         <v>2</v>
       </c>
       <c r="AA103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB103">
         <v>3</v>
       </c>
       <c r="AC103">
         <v>5</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
         <v>MPO</v>
       </c>
       <c r="B104" t="str">
         <v>DUP</v>
       </c>
       <c r="D104" t="str">
-        <v xml:space="preserve">Predrag Nikolić </v>
+        <v>Petar Rakic</v>
       </c>
       <c r="E104">
-        <v>-10</v>
+        <v>-2</v>
       </c>
       <c r="F104">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G104">
         <v>3</v>
       </c>
       <c r="I104" t="str">
-        <v>peedja</v>
+        <v>rakicpetar</v>
       </c>
       <c r="J104">
-        <v>-10</v>
+        <v>-2</v>
       </c>
       <c r="K104">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="L104">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M104">
         <v>3</v>
       </c>
       <c r="N104">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O104">
         <v>3</v>
       </c>
       <c r="P104">
         <v>3</v>
       </c>
       <c r="Q104">
         <v>2</v>
       </c>
       <c r="R104">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S104">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T104">
         <v>4</v>
       </c>
       <c r="U104">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V104">
         <v>2</v>
       </c>
       <c r="W104">
         <v>2</v>
       </c>
       <c r="X104">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y104">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z104">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA104">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB104">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC104">
         <v>4</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v>MPO</v>
       </c>
       <c r="B105" t="str">
         <v>DUP</v>
       </c>
       <c r="D105" t="str">
-        <v xml:space="preserve">Predrag Nikolić </v>
+        <v>Petar Rakic</v>
       </c>
       <c r="E105">
         <v>-1</v>
       </c>
       <c r="F105">
         <v>57</v>
       </c>
       <c r="G105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I105" t="str">
-        <v>peedja</v>
+        <v>rakicpetar</v>
       </c>
       <c r="J105">
         <v>-1</v>
       </c>
       <c r="K105">
         <v>57</v>
       </c>
       <c r="L105">
         <v>3</v>
       </c>
       <c r="M105">
         <v>2</v>
       </c>
       <c r="N105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O105">
         <v>3</v>
       </c>
       <c r="P105">
         <v>3</v>
       </c>
       <c r="Q105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S105">
         <v>3</v>
       </c>
       <c r="T105">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U105">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X105">
         <v>4</v>
       </c>
       <c r="Y105">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA105">
         <v>3</v>
       </c>
       <c r="AB105">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC105">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>MPO</v>
       </c>
       <c r="B106" t="str">
         <v>DUP</v>
       </c>
       <c r="D106" t="str">
-        <v xml:space="preserve">Predrag Nikolić </v>
+        <v>Petar Rakic</v>
       </c>
       <c r="E106">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F106">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G106">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I106" t="str">
-        <v>peedja</v>
+        <v>rakicpetar</v>
       </c>
       <c r="J106">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="K106">
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="L106">
+        <v>4</v>
+      </c>
+      <c r="M106">
+        <v>2</v>
+      </c>
+      <c r="N106">
+        <v>3</v>
+      </c>
+      <c r="O106">
+        <v>2</v>
+      </c>
+      <c r="P106">
+        <v>3</v>
+      </c>
+      <c r="Q106">
+        <v>3</v>
+      </c>
+      <c r="R106">
+        <v>3</v>
+      </c>
+      <c r="S106">
+        <v>3</v>
+      </c>
+      <c r="T106">
+        <v>3</v>
+      </c>
+      <c r="U106">
+        <v>3</v>
+      </c>
+      <c r="V106">
+        <v>3</v>
+      </c>
+      <c r="W106">
+        <v>3</v>
+      </c>
+      <c r="X106">
+        <v>4</v>
+      </c>
+      <c r="Y106">
+        <v>3</v>
+      </c>
+      <c r="Z106">
+        <v>3</v>
+      </c>
+      <c r="AA106">
+        <v>3</v>
+      </c>
+      <c r="AB106">
+        <v>4</v>
+      </c>
+      <c r="AC106">
+        <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v>MPO</v>
       </c>
       <c r="B107" t="str">
         <v>DUP</v>
       </c>
       <c r="D107" t="str">
-        <v>Stefan Ignjatović</v>
+        <v xml:space="preserve">Predrag Nikolić </v>
       </c>
       <c r="E107">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="F107">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="G107">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>176013</v>
+        <v>4</v>
       </c>
       <c r="I107" t="str">
-        <v>dzedajev</v>
+        <v>peedja</v>
       </c>
       <c r="J107">
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="K107">
-        <v>0</v>
+        <v>51</v>
+      </c>
+      <c r="L107">
+        <v>4</v>
+      </c>
+      <c r="M107">
+        <v>2</v>
+      </c>
+      <c r="N107">
+        <v>2</v>
+      </c>
+      <c r="O107">
+        <v>3</v>
+      </c>
+      <c r="P107">
+        <v>3</v>
+      </c>
+      <c r="Q107">
+        <v>2</v>
+      </c>
+      <c r="R107">
+        <v>3</v>
+      </c>
+      <c r="S107">
+        <v>3</v>
+      </c>
+      <c r="T107">
+        <v>3</v>
+      </c>
+      <c r="U107">
+        <v>3</v>
+      </c>
+      <c r="V107">
+        <v>3</v>
+      </c>
+      <c r="W107">
+        <v>2</v>
+      </c>
+      <c r="X107">
+        <v>3</v>
+      </c>
+      <c r="Y107">
+        <v>3</v>
+      </c>
+      <c r="Z107">
+        <v>2</v>
+      </c>
+      <c r="AA107">
+        <v>2</v>
+      </c>
+      <c r="AB107">
+        <v>3</v>
+      </c>
+      <c r="AC107">
+        <v>5</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
         <v>MPO</v>
       </c>
       <c r="B108" t="str">
         <v>DUP</v>
       </c>
       <c r="D108" t="str">
-        <v>Unkatjm</v>
+        <v xml:space="preserve">Predrag Nikolić </v>
       </c>
       <c r="E108">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="F108">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="G108">
         <v>3</v>
       </c>
-      <c r="H108">
-[...1 lines deleted...]
-      </c>
       <c r="I108" t="str">
-        <v>unkatjm</v>
+        <v>peedja</v>
       </c>
       <c r="J108">
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="K108">
-        <v>0</v>
+        <v>48</v>
+      </c>
+      <c r="L108">
+        <v>3</v>
+      </c>
+      <c r="M108">
+        <v>3</v>
+      </c>
+      <c r="N108">
+        <v>2</v>
+      </c>
+      <c r="O108">
+        <v>3</v>
+      </c>
+      <c r="P108">
+        <v>3</v>
+      </c>
+      <c r="Q108">
+        <v>2</v>
+      </c>
+      <c r="R108">
+        <v>2</v>
+      </c>
+      <c r="S108">
+        <v>2</v>
+      </c>
+      <c r="T108">
+        <v>4</v>
+      </c>
+      <c r="U108">
+        <v>3</v>
+      </c>
+      <c r="V108">
+        <v>2</v>
+      </c>
+      <c r="W108">
+        <v>2</v>
+      </c>
+      <c r="X108">
+        <v>4</v>
+      </c>
+      <c r="Y108">
+        <v>2</v>
+      </c>
+      <c r="Z108">
+        <v>3</v>
+      </c>
+      <c r="AA108">
+        <v>2</v>
+      </c>
+      <c r="AB108">
+        <v>2</v>
+      </c>
+      <c r="AC108">
+        <v>4</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
         <v>MPO</v>
       </c>
       <c r="B109" t="str">
         <v>DUP</v>
       </c>
       <c r="D109" t="str">
-        <v xml:space="preserve">Ivan Dimitrijevic </v>
+        <v xml:space="preserve">Predrag Nikolić </v>
       </c>
       <c r="E109">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F109">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G109">
+        <v>1</v>
+      </c>
+      <c r="I109" t="str">
+        <v>peedja</v>
+      </c>
+      <c r="J109">
+        <v>-1</v>
+      </c>
+      <c r="K109">
+        <v>57</v>
+      </c>
+      <c r="L109">
+        <v>3</v>
+      </c>
+      <c r="M109">
+        <v>2</v>
+      </c>
+      <c r="N109">
+        <v>3</v>
+      </c>
+      <c r="O109">
+        <v>3</v>
+      </c>
+      <c r="P109">
+        <v>3</v>
+      </c>
+      <c r="Q109">
+        <v>2</v>
+      </c>
+      <c r="R109">
+        <v>3</v>
+      </c>
+      <c r="S109">
+        <v>3</v>
+      </c>
+      <c r="T109">
+        <v>4</v>
+      </c>
+      <c r="U109">
+        <v>3</v>
+      </c>
+      <c r="V109">
+        <v>3</v>
+      </c>
+      <c r="W109">
+        <v>3</v>
+      </c>
+      <c r="X109">
+        <v>4</v>
+      </c>
+      <c r="Y109">
+        <v>3</v>
+      </c>
+      <c r="Z109">
+        <v>2</v>
+      </c>
+      <c r="AA109">
+        <v>3</v>
+      </c>
+      <c r="AB109">
+        <v>3</v>
+      </c>
+      <c r="AC109">
         <v>7</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
-        <v>FPO</v>
+        <v>MPO</v>
       </c>
       <c r="B110" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D110" t="str">
-        <v>Danijela Karanovic</v>
+        <v xml:space="preserve">Predrag Nikolić </v>
       </c>
       <c r="E110">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F110">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G110">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>120847</v>
+        <v>5</v>
       </c>
       <c r="I110" t="str">
-        <v>danijela</v>
+        <v>peedja</v>
       </c>
       <c r="J110">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="K110">
-        <v>67</v>
-[...53 lines deleted...]
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="str">
-        <v>FPO</v>
+        <v>MPO</v>
       </c>
       <c r="B111" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D111" t="str">
-        <v>Zorica Pavlović</v>
+        <v>Stefan Ignjatović</v>
       </c>
       <c r="E111">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F111">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G111">
-        <v>2</v>
+        <v>21</v>
+      </c>
+      <c r="H111">
+        <v>176013</v>
       </c>
       <c r="I111" t="str">
-        <v>zlocka</v>
+        <v>dzedajev</v>
       </c>
       <c r="J111">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K111">
-        <v>68</v>
-[...53 lines deleted...]
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B112" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D112" t="str">
+        <v>Unkatjm</v>
+      </c>
+      <c r="E112">
+        <v>0</v>
+      </c>
+      <c r="F112">
+        <v>0</v>
+      </c>
+      <c r="G112">
+        <v>3</v>
+      </c>
+      <c r="H112">
+        <v>128075</v>
+      </c>
+      <c r="I112" t="str">
+        <v>unkatjm</v>
+      </c>
+      <c r="J112">
+        <v>0</v>
+      </c>
+      <c r="K112">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B113" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D113" t="str">
+        <v xml:space="preserve">Ivan Dimitrijevic </v>
+      </c>
+      <c r="E113">
+        <v>0</v>
+      </c>
+      <c r="F113">
+        <v>0</v>
+      </c>
+      <c r="G113">
+        <v>7</v>
+      </c>
+      <c r="I113" t="str">
+        <v>ivan83</v>
+      </c>
+      <c r="J113">
+        <v>0</v>
+      </c>
+      <c r="K113">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="str">
         <v>FPO</v>
       </c>
-      <c r="B112" t="str">
+      <c r="B114" t="str">
+        <v>1</v>
+      </c>
+      <c r="C114">
+        <v>1</v>
+      </c>
+      <c r="D114" t="str">
+        <v>Danijela Karanovic</v>
+      </c>
+      <c r="E114">
+        <v>9</v>
+      </c>
+      <c r="F114">
+        <v>67</v>
+      </c>
+      <c r="G114">
+        <v>1</v>
+      </c>
+      <c r="H114">
+        <v>120847</v>
+      </c>
+      <c r="I114" t="str">
+        <v>danijela</v>
+      </c>
+      <c r="J114">
+        <v>9</v>
+      </c>
+      <c r="K114">
+        <v>67</v>
+      </c>
+      <c r="L114">
+        <v>5</v>
+      </c>
+      <c r="M114">
+        <v>3</v>
+      </c>
+      <c r="N114">
+        <v>3</v>
+      </c>
+      <c r="O114">
+        <v>3</v>
+      </c>
+      <c r="P114">
+        <v>3</v>
+      </c>
+      <c r="Q114">
+        <v>3</v>
+      </c>
+      <c r="R114">
+        <v>5</v>
+      </c>
+      <c r="S114">
+        <v>2</v>
+      </c>
+      <c r="T114">
+        <v>5</v>
+      </c>
+      <c r="U114">
+        <v>4</v>
+      </c>
+      <c r="V114">
+        <v>4</v>
+      </c>
+      <c r="W114">
+        <v>2</v>
+      </c>
+      <c r="X114">
+        <v>4</v>
+      </c>
+      <c r="Y114">
+        <v>5</v>
+      </c>
+      <c r="Z114">
+        <v>3</v>
+      </c>
+      <c r="AA114">
+        <v>4</v>
+      </c>
+      <c r="AB114">
+        <v>4</v>
+      </c>
+      <c r="AC114">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="str">
+        <v>FPO</v>
+      </c>
+      <c r="B115" t="str">
+        <v>2</v>
+      </c>
+      <c r="C115">
+        <v>2</v>
+      </c>
+      <c r="D115" t="str">
+        <v>Zorica Pavlović</v>
+      </c>
+      <c r="E115">
+        <v>10</v>
+      </c>
+      <c r="F115">
+        <v>68</v>
+      </c>
+      <c r="G115">
+        <v>2</v>
+      </c>
+      <c r="I115" t="str">
+        <v>zlocka</v>
+      </c>
+      <c r="J115">
+        <v>10</v>
+      </c>
+      <c r="K115">
+        <v>68</v>
+      </c>
+      <c r="L115">
+        <v>3</v>
+      </c>
+      <c r="M115">
+        <v>3</v>
+      </c>
+      <c r="N115">
+        <v>3</v>
+      </c>
+      <c r="O115">
+        <v>4</v>
+      </c>
+      <c r="P115">
+        <v>4</v>
+      </c>
+      <c r="Q115">
+        <v>2</v>
+      </c>
+      <c r="R115">
+        <v>3</v>
+      </c>
+      <c r="S115">
+        <v>3</v>
+      </c>
+      <c r="T115">
+        <v>5</v>
+      </c>
+      <c r="U115">
+        <v>4</v>
+      </c>
+      <c r="V115">
+        <v>3</v>
+      </c>
+      <c r="W115">
+        <v>3</v>
+      </c>
+      <c r="X115">
+        <v>7</v>
+      </c>
+      <c r="Y115">
+        <v>4</v>
+      </c>
+      <c r="Z115">
+        <v>3</v>
+      </c>
+      <c r="AA115">
+        <v>3</v>
+      </c>
+      <c r="AB115">
+        <v>4</v>
+      </c>
+      <c r="AC115">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="str">
+        <v>FPO</v>
+      </c>
+      <c r="B116" t="str">
         <v>DUP</v>
       </c>
-      <c r="D112" t="str">
+      <c r="D116" t="str">
         <v>Zorica Pavlović</v>
       </c>
-      <c r="E112">
+      <c r="E116">
         <v>15</v>
       </c>
-      <c r="F112">
+      <c r="F116">
         <v>73</v>
       </c>
-      <c r="G112">
+      <c r="G116">
         <v>1</v>
       </c>
-      <c r="I112" t="str">
+      <c r="I116" t="str">
         <v>zlocka</v>
       </c>
-      <c r="J112">
+      <c r="J116">
         <v>15</v>
       </c>
-      <c r="K112">
+      <c r="K116">
         <v>73</v>
       </c>
-      <c r="L112">
-[...23 lines deleted...]
-      <c r="T112">
+      <c r="L116">
+        <v>3</v>
+      </c>
+      <c r="M116">
+        <v>3</v>
+      </c>
+      <c r="N116">
+        <v>4</v>
+      </c>
+      <c r="O116">
+        <v>4</v>
+      </c>
+      <c r="P116">
+        <v>4</v>
+      </c>
+      <c r="Q116">
+        <v>3</v>
+      </c>
+      <c r="R116">
+        <v>4</v>
+      </c>
+      <c r="S116">
+        <v>4</v>
+      </c>
+      <c r="T116">
         <v>6</v>
       </c>
-      <c r="U112">
+      <c r="U116">
         <v>6</v>
       </c>
-      <c r="V112">
-[...20 lines deleted...]
-      <c r="AC112">
+      <c r="V116">
+        <v>3</v>
+      </c>
+      <c r="W116">
+        <v>3</v>
+      </c>
+      <c r="X116">
+        <v>4</v>
+      </c>
+      <c r="Y116">
+        <v>4</v>
+      </c>
+      <c r="Z116">
+        <v>4</v>
+      </c>
+      <c r="AA116">
+        <v>5</v>
+      </c>
+      <c r="AB116">
+        <v>3</v>
+      </c>
+      <c r="AC116">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC112"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC116"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 