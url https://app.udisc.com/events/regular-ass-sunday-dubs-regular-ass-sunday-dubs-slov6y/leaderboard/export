--- v0 (2026-01-12)
+++ v1 (2026-02-01)
@@ -868,201 +868,189 @@
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>London smith</v>
+        <v xml:space="preserve">Chad Peralto </v>
       </c>
       <c r="E6">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F6">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H6" t="str">
-        <v>londons7</v>
+        <v>cperalto1</v>
       </c>
       <c r="I6">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J6">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
-      <c r="AA6">
-[...1 lines deleted...]
-      </c>
       <c r="AB6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>Jerrison Nutlouis &amp; Shayna Harvey</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>9</v>
       </c>
       <c r="H7" t="str">
         <v>jerrisonnutlou,shayyshayy</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>9</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Robert Curley &amp; Kyle Larson</v>
+        <v>London smith</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F8">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H8" t="str">
-        <v>hotrodrlc,driveandfart</v>
+        <v>londons7</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J8">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="K8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v xml:space="preserve">Chad Peralto </v>
+        <v>Robert Curley &amp; Kyle Larson</v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F9">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H9" t="str">
-        <v>cperalto1</v>
+        <v>hotrodrlc,driveandfart</v>
       </c>
       <c r="I9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J9">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
       <c r="AB9">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>