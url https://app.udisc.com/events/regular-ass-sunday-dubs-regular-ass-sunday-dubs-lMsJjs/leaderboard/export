--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -1298,51 +1298,51 @@
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Greg Bill Kendall &amp; West Begay</v>
       </c>
       <c r="E11">
         <v>-7</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
       <c r="H11" t="str">
-        <v>skunks,oppsofeast</v>
+        <v>skunks,wesdothis421</v>
       </c>
       <c r="I11">
         <v>-7</v>
       </c>
       <c r="J11">
         <v>52</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>