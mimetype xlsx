--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -2591,60 +2591,60 @@
       </c>
       <c r="AF20">
         <v>2</v>
       </c>
       <c r="AG20">
         <v>4</v>
       </c>
       <c r="AH20">
         <v>4</v>
       </c>
       <c r="AI20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
-        <v>Aaron Nesbit</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E21">
         <v>3</v>
       </c>
       <c r="F21">
         <v>82</v>
       </c>
       <c r="H21" t="str">
-        <v>aaronpeace</v>
+        <v>tibsena</v>
       </c>
       <c r="I21">
         <v>3</v>
       </c>
       <c r="J21">
         <v>82</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>5</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>