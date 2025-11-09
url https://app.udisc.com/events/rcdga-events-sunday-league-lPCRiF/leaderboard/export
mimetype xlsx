--- v0 (2025-10-05)
+++ v1 (2025-11-09)
@@ -557,1867 +557,2161 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_D</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_E</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_F</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Justin Thaggard</v>
       </c>
       <c r="E2">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="F2">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="G2">
         <v>174639</v>
       </c>
       <c r="H2" t="str">
         <v>jthaggs42</v>
       </c>
       <c r="I2">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="J2">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
+        <v>2</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>3</v>
+      </c>
+      <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>4</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>4</v>
       </c>
       <c r="AD2">
         <v>2</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
         <v>3</v>
       </c>
       <c r="AG2">
         <v>2</v>
       </c>
       <c r="AH2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Paul Haskew Jr</v>
+        <v>Jake Loferski</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G3">
-        <v>154277</v>
+        <v>149945</v>
       </c>
       <c r="H3" t="str">
-        <v>paulhaskewjr</v>
+        <v>strawhatman1</v>
       </c>
       <c r="I3">
         <v>-6</v>
       </c>
       <c r="J3">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="K3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
+      <c r="P3">
+        <v>2</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>2</v>
+      </c>
+      <c r="S3">
+        <v>3</v>
+      </c>
+      <c r="T3">
+        <v>3</v>
+      </c>
       <c r="U3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE3">
         <v>4</v>
       </c>
       <c r="AF3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
+        <v>T2</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Doug Lee-Sharpe</v>
+        <v>Logan Mueller</v>
       </c>
       <c r="E4">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="F4">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G4">
-        <v>53557</v>
+        <v>208167</v>
       </c>
       <c r="H4" t="str">
-        <v>dougleefresh</v>
+        <v>ringo1996</v>
       </c>
       <c r="I4">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="J4">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC4">
+        <v>4</v>
+      </c>
+      <c r="AD4">
+        <v>2</v>
+      </c>
+      <c r="AE4">
+        <v>4</v>
+      </c>
+      <c r="AF4">
+        <v>3</v>
+      </c>
+      <c r="AG4">
+        <v>3</v>
+      </c>
+      <c r="AH4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>T4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Mitch Kessler</v>
+        <v>Evan Amstutz</v>
       </c>
       <c r="E5">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F5">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="G5">
-        <v>137001</v>
+        <v>137250</v>
       </c>
       <c r="H5" t="str">
-        <v>mitchkessler</v>
+        <v>evanamstutz</v>
       </c>
       <c r="I5">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="J5">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
         <v>4</v>
+      </c>
+      <c r="AD5">
+        <v>3</v>
+      </c>
+      <c r="AE5">
+        <v>4</v>
+      </c>
+      <c r="AF5">
+        <v>2</v>
+      </c>
+      <c r="AG5">
+        <v>2</v>
+      </c>
+      <c r="AH5">
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Nick Olsen</v>
+        <v>Paul Haskew Jr</v>
       </c>
       <c r="E6">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F6">
-        <v>53</v>
+        <v>71</v>
+      </c>
+      <c r="G6">
+        <v>154277</v>
       </c>
       <c r="H6" t="str">
-        <v>wildbet420</v>
+        <v>paulhaskewjr</v>
       </c>
       <c r="I6">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J6">
-        <v>53</v>
+        <v>71</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
+      </c>
+      <c r="L6">
+        <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD6">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="AE6">
+        <v>4</v>
+      </c>
+      <c r="AF6">
+        <v>2</v>
+      </c>
+      <c r="AG6">
+        <v>3</v>
+      </c>
+      <c r="AH6">
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Andrew Scharhag</v>
       </c>
       <c r="E7">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F7">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="G7">
         <v>259910</v>
       </c>
       <c r="H7" t="str">
         <v>mrairplane</v>
       </c>
       <c r="I7">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J7">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>2</v>
+      </c>
+      <c r="T7">
+        <v>3</v>
+      </c>
+      <c r="U7">
+        <v>3</v>
+      </c>
+      <c r="V7">
+        <v>2</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
       <c r="AF7">
         <v>2</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
       <c r="AH7">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D8" t="str">
-        <v>Evan Amstutz</v>
+        <v>Nick Olsen</v>
       </c>
       <c r="E8">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F8">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>137250</v>
+        <v>71</v>
       </c>
       <c r="H8" t="str">
-        <v>evanamstutz</v>
+        <v>wildbet420</v>
       </c>
       <c r="I8">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J8">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M8">
+        <v>2</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
         <v>4</v>
       </c>
       <c r="AF8">
         <v>2</v>
       </c>
       <c r="AG8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH8">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Ryan Perkins</v>
+        <v>Doug Lee-Sharpe</v>
       </c>
       <c r="E9">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F9">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="G9">
-        <v>56384</v>
+        <v>53557</v>
       </c>
       <c r="H9" t="str">
-        <v>turboperkins86</v>
+        <v>dougleefresh</v>
       </c>
       <c r="I9">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J9">
-        <v>54</v>
+        <v>73</v>
+      </c>
+      <c r="K9">
+        <v>2</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
       <c r="AD9">
         <v>3</v>
+      </c>
+      <c r="AE9">
+        <v>4</v>
+      </c>
+      <c r="AF9">
+        <v>3</v>
+      </c>
+      <c r="AG9">
+        <v>4</v>
+      </c>
+      <c r="AH9">
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Paul Haskew</v>
+        <v>Ryan Perkins</v>
       </c>
       <c r="E10">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F10">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="G10">
-        <v>154276</v>
+        <v>56384</v>
       </c>
       <c r="H10" t="str">
-        <v>paulsr27</v>
+        <v>turboperkins86</v>
       </c>
       <c r="I10">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J10">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
+      <c r="P10">
+        <v>2</v>
+      </c>
+      <c r="Q10">
+        <v>3</v>
+      </c>
+      <c r="R10">
+        <v>3</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
       <c r="U10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z10">
         <v>2</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
       <c r="AD10">
         <v>3</v>
       </c>
       <c r="AE10">
         <v>4</v>
       </c>
       <c r="AF10">
         <v>3</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
       <c r="AH10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
+        <v>T8</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D11" t="str">
-        <v>StlJab</v>
+        <v>Mitch Kessler</v>
       </c>
       <c r="E11">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="F11">
-        <v>58</v>
+        <v>73</v>
+      </c>
+      <c r="G11">
+        <v>137001</v>
       </c>
       <c r="H11" t="str">
-        <v>jabstl14</v>
+        <v>mitchkessler</v>
       </c>
       <c r="I11">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J11">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U11">
         <v>2</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC11">
         <v>4</v>
+      </c>
+      <c r="AD11">
+        <v>3</v>
+      </c>
+      <c r="AE11">
+        <v>4</v>
+      </c>
+      <c r="AF11">
+        <v>3</v>
+      </c>
+      <c r="AG11">
+        <v>5</v>
+      </c>
+      <c r="AH11">
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
+        <v>T8</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D12" t="str">
-        <v>Daniel Heser</v>
+        <v>Paul Haskew</v>
       </c>
       <c r="E12">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="F12">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G12">
-        <v>153656</v>
+        <v>154276</v>
       </c>
       <c r="H12" t="str">
-        <v>dheser</v>
+        <v>paulsr27</v>
       </c>
       <c r="I12">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J12">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>2</v>
+      </c>
+      <c r="Q12">
+        <v>2</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
       <c r="AE12">
         <v>4</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH12">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T12</v>
+        <v>T8</v>
       </c>
       <c r="C13">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D13" t="str">
-        <v>Adrian Valcarce</v>
+        <v>StlJab</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F13">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>274857</v>
+        <v>73</v>
       </c>
       <c r="H13" t="str">
-        <v>avalcarce</v>
+        <v>jabstl14</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J13">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>4</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>2</v>
+      </c>
+      <c r="V13">
+        <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
       <c r="AD13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE13">
         <v>4</v>
       </c>
       <c r="AF13">
         <v>3</v>
       </c>
       <c r="AG13">
         <v>3</v>
       </c>
       <c r="AH13">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T12</v>
+        <v>T13</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Zach Leighton</v>
+        <v>Daniel Heser</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F14">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="G14">
-        <v>108339</v>
+        <v>153656</v>
       </c>
       <c r="H14" t="str">
-        <v>leftyleighton</v>
+        <v>dheser</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J14">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
+      <c r="O14">
+        <v>2</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>2</v>
+      </c>
+      <c r="R14">
+        <v>5</v>
+      </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD14">
         <v>3</v>
       </c>
       <c r="AE14">
         <v>4</v>
       </c>
       <c r="AF14">
         <v>3</v>
       </c>
       <c r="AG14">
         <v>4</v>
       </c>
       <c r="AH14">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T14</v>
+        <v>T13</v>
       </c>
       <c r="C15">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Joey Van Duzee</v>
+        <v>Bradley Markle</v>
       </c>
       <c r="E15">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="F15">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="G15">
-        <v>14124</v>
+        <v>267251</v>
       </c>
       <c r="H15" t="str">
-        <v>fljroc</v>
+        <v>bradleymarkle</v>
       </c>
       <c r="I15">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="J15">
-        <v>57</v>
+        <v>75</v>
+      </c>
+      <c r="K15">
+        <v>3</v>
+      </c>
+      <c r="L15">
+        <v>2</v>
       </c>
       <c r="M15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U15">
         <v>4</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA15">
         <v>4</v>
       </c>
       <c r="AB15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD15">
+        <v>3</v>
+      </c>
+      <c r="AE15">
+        <v>3</v>
+      </c>
+      <c r="AF15">
+        <v>3</v>
+      </c>
+      <c r="AG15">
+        <v>3</v>
+      </c>
+      <c r="AH15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T14</v>
+        <v>T13</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D16" t="str">
-        <v>Bradley Markle</v>
+        <v>Adrian Valcarce</v>
       </c>
       <c r="E16">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="F16">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="G16">
-        <v>267251</v>
+        <v>274857</v>
       </c>
       <c r="H16" t="str">
-        <v>bradleymarkle</v>
+        <v>avalcarce</v>
       </c>
       <c r="I16">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="J16">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
+      <c r="O16">
+        <v>4</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>2</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
         <v>4</v>
       </c>
       <c r="AD16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF16">
         <v>3</v>
       </c>
       <c r="AG16">
         <v>3</v>
       </c>
       <c r="AH16">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>16</v>
+        <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Frank williams</v>
+        <v>Joey Van Duzee</v>
       </c>
       <c r="E17">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F17">
-        <v>66</v>
+        <v>76</v>
+      </c>
+      <c r="G17">
+        <v>14124</v>
       </c>
       <c r="H17" t="str">
-        <v>jinpan</v>
+        <v>fljroc</v>
       </c>
       <c r="I17">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="J17">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>2</v>
       </c>
       <c r="S17">
         <v>4</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W17">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA17">
         <v>4</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC17">
         <v>5</v>
       </c>
       <c r="AD17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF17">
         <v>3</v>
       </c>
       <c r="AG17">
         <v>3</v>
       </c>
       <c r="AH17">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T17</v>
+        <v>T16</v>
       </c>
       <c r="C18">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Bill Giroux</v>
+        <v>Zach Leighton</v>
       </c>
       <c r="E18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F18">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="G18">
-        <v>14772</v>
+        <v>108339</v>
       </c>
       <c r="H18" t="str">
-        <v>billgiroux93</v>
+        <v>leftyleighton</v>
       </c>
       <c r="I18">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J18">
-        <v>67</v>
+        <v>76</v>
+      </c>
+      <c r="K18">
+        <v>3</v>
+      </c>
+      <c r="L18">
+        <v>2</v>
+      </c>
+      <c r="M18">
+        <v>3</v>
+      </c>
+      <c r="N18">
+        <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q18">
         <v>2</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
       <c r="AD18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AF18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH18">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T17</v>
+        <v>T18</v>
       </c>
       <c r="C19">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D19" t="str">
-        <v>Bo Shuck</v>
+        <v>Bill Giroux</v>
       </c>
       <c r="E19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F19">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="G19">
-        <v>206809</v>
+        <v>14772</v>
       </c>
       <c r="H19" t="str">
-        <v>bo206809</v>
+        <v>billgiroux93</v>
       </c>
       <c r="I19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J19">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
+      <c r="N19">
+        <v>3</v>
+      </c>
+      <c r="O19">
+        <v>3</v>
+      </c>
+      <c r="P19">
+        <v>3</v>
+      </c>
       <c r="Q19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC19">
         <v>4</v>
       </c>
       <c r="AD19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE19">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AF19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH19">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T19</v>
+        <v>T18</v>
       </c>
       <c r="C20">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D20" t="str">
-        <v>Cory Garmon</v>
+        <v>Bo Shuck</v>
       </c>
       <c r="E20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F20">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="G20">
-        <v>128032</v>
+        <v>206809</v>
       </c>
       <c r="H20" t="str">
-        <v>corgar</v>
+        <v>bo206809</v>
       </c>
       <c r="I20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J20">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="M20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>4</v>
+      </c>
+      <c r="T20">
+        <v>4</v>
+      </c>
+      <c r="U20">
+        <v>3</v>
+      </c>
+      <c r="V20">
+        <v>4</v>
+      </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
       <c r="AD20">
         <v>3</v>
       </c>
       <c r="AE20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
       <c r="AG20">
         <v>4</v>
       </c>
       <c r="AH20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T19</v>
+        <v>T18</v>
       </c>
       <c r="C21">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D21" t="str">
-        <v>Luis Nieves</v>
+        <v>Frank williams</v>
       </c>
       <c r="E21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F21">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>295535</v>
+        <v>78</v>
       </c>
       <c r="H21" t="str">
-        <v>luisnavidad</v>
+        <v>jinpan</v>
       </c>
       <c r="I21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J21">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>
       <c r="Q21">
         <v>4</v>
       </c>
+      <c r="R21">
+        <v>3</v>
+      </c>
+      <c r="S21">
+        <v>4</v>
+      </c>
+      <c r="T21">
+        <v>3</v>
+      </c>
+      <c r="U21">
+        <v>3</v>
+      </c>
+      <c r="V21">
+        <v>2</v>
+      </c>
       <c r="W21">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
         <v>5</v>
       </c>
       <c r="AD21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE21">
         <v>4</v>
       </c>
       <c r="AF21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG21">
         <v>3</v>
       </c>
       <c r="AH21">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>T19</v>
+        <v>T21</v>
       </c>
       <c r="C22">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Jon Prince</v>
       </c>
       <c r="E22">
         <v>4</v>
       </c>
       <c r="F22">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="G22">
         <v>93304</v>
       </c>
       <c r="H22" t="str">
         <v>noodlearm83</v>
       </c>
       <c r="I22">
         <v>4</v>
       </c>
       <c r="J22">
-        <v>68</v>
+        <v>80</v>
+      </c>
+      <c r="K22">
+        <v>3</v>
+      </c>
+      <c r="L22">
+        <v>3</v>
+      </c>
+      <c r="M22">
+        <v>3</v>
+      </c>
+      <c r="N22">
+        <v>3</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
         <v>5</v>
       </c>
@@ -2438,1025 +2732,1175 @@
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
         <v>6</v>
       </c>
       <c r="AD22">
         <v>3</v>
       </c>
       <c r="AE22">
         <v>4</v>
       </c>
       <c r="AF22">
         <v>3</v>
       </c>
       <c r="AG22">
         <v>3</v>
       </c>
       <c r="AH22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>22</v>
+        <v>T21</v>
       </c>
       <c r="C23">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D23" t="str">
-        <v>Clifton Suede</v>
+        <v>Josh Hatcher</v>
       </c>
       <c r="E23">
+        <v>4</v>
+      </c>
+      <c r="F23">
+        <v>80</v>
+      </c>
+      <c r="G23">
+        <v>141873</v>
+      </c>
+      <c r="H23" t="str">
+        <v>hatch9</v>
+      </c>
+      <c r="I23">
+        <v>4</v>
+      </c>
+      <c r="J23">
+        <v>80</v>
+      </c>
+      <c r="K23">
+        <v>2</v>
+      </c>
+      <c r="L23">
+        <v>3</v>
+      </c>
+      <c r="M23">
+        <v>3</v>
+      </c>
+      <c r="N23">
+        <v>4</v>
+      </c>
+      <c r="O23">
+        <v>3</v>
+      </c>
+      <c r="P23">
+        <v>3</v>
+      </c>
+      <c r="Q23">
+        <v>3</v>
+      </c>
+      <c r="R23">
+        <v>3</v>
+      </c>
+      <c r="S23">
+        <v>3</v>
+      </c>
+      <c r="T23">
+        <v>4</v>
+      </c>
+      <c r="U23">
+        <v>3</v>
+      </c>
+      <c r="V23">
+        <v>4</v>
+      </c>
+      <c r="W23">
+        <v>2</v>
+      </c>
+      <c r="X23">
+        <v>4</v>
+      </c>
+      <c r="Y23">
+        <v>3</v>
+      </c>
+      <c r="Z23">
+        <v>2</v>
+      </c>
+      <c r="AA23">
+        <v>4</v>
+      </c>
+      <c r="AB23">
+        <v>3</v>
+      </c>
+      <c r="AC23">
+        <v>4</v>
+      </c>
+      <c r="AD23">
+        <v>5</v>
+      </c>
+      <c r="AE23">
+        <v>4</v>
+      </c>
+      <c r="AF23">
+        <v>2</v>
+      </c>
+      <c r="AG23">
+        <v>2</v>
+      </c>
+      <c r="AH23">
         <v>7</v>
-      </c>
-[...64 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>23</v>
+        <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
-        <v>Cody Russell</v>
+        <v>Cory Garmon</v>
       </c>
       <c r="E24">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F24">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G24">
-        <v>178352</v>
+        <v>128032</v>
       </c>
       <c r="H24" t="str">
-        <v>cojaru96</v>
+        <v>corgar</v>
       </c>
       <c r="I24">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="J24">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M24">
+        <v>3</v>
+      </c>
+      <c r="N24">
+        <v>3</v>
+      </c>
+      <c r="O24">
+        <v>3</v>
+      </c>
+      <c r="P24">
         <v>4</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
       <c r="AC24">
         <v>4</v>
       </c>
       <c r="AD24">
         <v>3</v>
       </c>
       <c r="AE24">
         <v>4</v>
       </c>
       <c r="AF24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH24">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B25" t="str">
-        <v>24</v>
+        <v>T23</v>
       </c>
       <c r="C25">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D25" t="str">
-        <v xml:space="preserve">Aaron Nesbit </v>
+        <v>Luis Nieves</v>
       </c>
       <c r="E25">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F25">
-        <v>76</v>
+        <v>82</v>
+      </c>
+      <c r="G25">
+        <v>295535</v>
       </c>
       <c r="H25" t="str">
-        <v>tibsena</v>
+        <v>luisnavidad</v>
       </c>
       <c r="I25">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="J25">
-        <v>76</v>
+        <v>82</v>
+      </c>
+      <c r="K25">
+        <v>3</v>
+      </c>
+      <c r="L25">
+        <v>3</v>
+      </c>
+      <c r="M25">
+        <v>2</v>
+      </c>
+      <c r="N25">
+        <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC25">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="AD25">
         <v>3</v>
       </c>
       <c r="AE25">
         <v>4</v>
       </c>
       <c r="AF25">
         <v>4</v>
       </c>
       <c r="AG25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH25">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
-        <v>Brandon lankford</v>
+        <v>Clifton Suede</v>
       </c>
       <c r="E26">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="F26">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="H26" t="str">
-        <v>brandonlank</v>
+        <v>cliffysuede</v>
       </c>
       <c r="I26">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="J26">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P26">
         <v>5</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="S26">
+        <v>4</v>
+      </c>
+      <c r="T26">
+        <v>3</v>
+      </c>
+      <c r="U26">
+        <v>3</v>
+      </c>
+      <c r="V26">
+        <v>2</v>
+      </c>
+      <c r="W26">
+        <v>4</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC26">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AD26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF26">
         <v>3</v>
       </c>
       <c r="AG26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AH26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>SKIN</v>
+        <v>GEN</v>
       </c>
       <c r="B27" t="str">
-        <v>26</v>
+        <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
-        <v>Jaime Haskew</v>
+        <v>Brad Price</v>
       </c>
       <c r="E27">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="F27">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="G27">
-        <v>199314</v>
+        <v>112458</v>
       </c>
       <c r="H27" t="str">
-        <v>jaimehaskew</v>
+        <v>bradprice29</v>
       </c>
       <c r="I27">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="J27">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="K27">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
+        <v>3</v>
+      </c>
+      <c r="P27">
+        <v>4</v>
+      </c>
+      <c r="Q27">
+        <v>3</v>
+      </c>
+      <c r="R27">
+        <v>3</v>
+      </c>
+      <c r="S27">
+        <v>3</v>
+      </c>
+      <c r="T27">
         <v>4</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y27">
         <v>3</v>
       </c>
       <c r="Z27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA27">
         <v>4</v>
       </c>
       <c r="AB27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC27">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD27">
         <v>4</v>
       </c>
       <c r="AE27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AH27">
         <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
-        <v>1</v>
+        <v>T26</v>
       </c>
       <c r="C28">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="D28" t="str">
-        <v>Jake Loferski</v>
+        <v>Jess Griffin</v>
       </c>
       <c r="E28">
-        <v>-7</v>
+        <v>8</v>
       </c>
       <c r="F28">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="G28">
-        <v>149945</v>
+        <v>296808</v>
       </c>
       <c r="H28" t="str">
-        <v>strawhatman1</v>
+        <v>jessg904</v>
       </c>
       <c r="I28">
-        <v>-7</v>
+        <v>8</v>
       </c>
       <c r="J28">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="K28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S28">
         <v>3</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V28">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W28">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC28">
-        <v>5</v>
+        <v>7</v>
+      </c>
+      <c r="AD28">
+        <v>3</v>
+      </c>
+      <c r="AE28">
+        <v>5</v>
+      </c>
+      <c r="AF28">
+        <v>4</v>
+      </c>
+      <c r="AG28">
+        <v>3</v>
+      </c>
+      <c r="AH28">
+        <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="C29">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="D29" t="str">
-        <v>Logan Mueller</v>
+        <v>Ian T</v>
       </c>
       <c r="E29">
-        <v>-5</v>
+        <v>10</v>
       </c>
       <c r="F29">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>208167</v>
+        <v>86</v>
       </c>
       <c r="H29" t="str">
-        <v>ringo1996</v>
+        <v>iant10</v>
       </c>
       <c r="I29">
-        <v>-5</v>
+        <v>10</v>
       </c>
       <c r="J29">
-        <v>56</v>
+        <v>86</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
         <v>2</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
+      <c r="S29">
+        <v>3</v>
+      </c>
+      <c r="T29">
+        <v>3</v>
+      </c>
+      <c r="U29">
+        <v>2</v>
+      </c>
+      <c r="V29">
+        <v>5</v>
+      </c>
+      <c r="W29">
+        <v>4</v>
+      </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
         <v>2</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC29">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AD29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AH29">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="C30">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="D30" t="str">
-        <v>Josh Hatcher</v>
+        <v>Cody Russell</v>
       </c>
       <c r="E30">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F30">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="G30">
-        <v>141873</v>
+        <v>178352</v>
       </c>
       <c r="H30" t="str">
-        <v>hatch9</v>
+        <v>cojaru96</v>
       </c>
       <c r="I30">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="J30">
-        <v>70</v>
+        <v>87</v>
       </c>
       <c r="K30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="N30">
+        <v>3</v>
+      </c>
+      <c r="O30">
+        <v>3</v>
+      </c>
+      <c r="P30">
+        <v>4</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>4</v>
       </c>
       <c r="U30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
       <c r="AC30">
         <v>4</v>
       </c>
       <c r="AD30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE30">
         <v>4</v>
       </c>
       <c r="AF30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AG30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH30">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
-        <v>T4</v>
+        <v>30</v>
       </c>
       <c r="C31">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="D31" t="str">
-        <v>Jess Griffin</v>
+        <v>Brandon lankford</v>
       </c>
       <c r="E31">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F31">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>296808</v>
+        <v>88</v>
       </c>
       <c r="H31" t="str">
-        <v>jessg904</v>
+        <v>brandonlank</v>
       </c>
       <c r="I31">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J31">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
+      <c r="P31">
+        <v>5</v>
+      </c>
+      <c r="Q31">
+        <v>3</v>
+      </c>
+      <c r="R31">
+        <v>5</v>
+      </c>
+      <c r="S31">
+        <v>2</v>
+      </c>
+      <c r="T31">
+        <v>4</v>
+      </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC31">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AD31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE31">
         <v>5</v>
       </c>
       <c r="AF31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AH31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
-        <v>T4</v>
+        <v>31</v>
       </c>
       <c r="C32">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="D32" t="str">
-        <v>Ian T</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E32">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="F32">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="H32" t="str">
-        <v>iant10</v>
+        <v>tibsena</v>
       </c>
       <c r="I32">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="J32">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L32">
         <v>4</v>
       </c>
       <c r="M32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R32">
         <v>3</v>
       </c>
+      <c r="S32">
+        <v>2</v>
+      </c>
+      <c r="T32">
+        <v>5</v>
+      </c>
+      <c r="U32">
+        <v>4</v>
+      </c>
+      <c r="V32">
+        <v>5</v>
+      </c>
+      <c r="W32">
+        <v>3</v>
+      </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA32">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB32">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC32">
         <v>7</v>
       </c>
       <c r="AD32">
         <v>3</v>
       </c>
       <c r="AE32">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF32">
         <v>4</v>
       </c>
       <c r="AG32">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AH32">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
-        <v>T4</v>
+        <v>32</v>
       </c>
       <c r="C33">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="D33" t="str">
-        <v>Brad Price</v>
+        <v>Jaime Haskew</v>
       </c>
       <c r="E33">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="F33">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="G33">
-        <v>112458</v>
+        <v>199314</v>
       </c>
       <c r="H33" t="str">
-        <v>bradprice29</v>
+        <v>jaimehaskew</v>
       </c>
       <c r="I33">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="J33">
-        <v>72</v>
+        <v>97</v>
+      </c>
+      <c r="K33">
+        <v>6</v>
+      </c>
+      <c r="L33">
+        <v>4</v>
+      </c>
+      <c r="M33">
+        <v>3</v>
+      </c>
+      <c r="N33">
+        <v>3</v>
       </c>
       <c r="O33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q33">
         <v>3</v>
       </c>
       <c r="R33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T33">
         <v>4</v>
       </c>
       <c r="U33">
         <v>3</v>
       </c>
       <c r="V33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA33">
         <v>4</v>
       </c>
       <c r="AB33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC33">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AD33">
         <v>4</v>
       </c>
       <c r="AE33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG33">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AH33">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AH33"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>