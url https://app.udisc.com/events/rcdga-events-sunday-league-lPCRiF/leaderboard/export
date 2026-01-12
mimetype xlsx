--- v1 (2025-11-09)
+++ v2 (2026-01-12)
@@ -1707,60 +1707,60 @@
       </c>
       <c r="AE12">
         <v>4</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
         <v>3</v>
       </c>
       <c r="AH12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T8</v>
       </c>
       <c r="C13">
         <v>8</v>
       </c>
       <c r="D13" t="str">
-        <v>StlJab</v>
+        <v>Jerry</v>
       </c>
       <c r="E13">
         <v>-3</v>
       </c>
       <c r="F13">
         <v>73</v>
       </c>
       <c r="H13" t="str">
-        <v>jabstl14</v>
+        <v>jabstl</v>
       </c>
       <c r="I13">
         <v>-3</v>
       </c>
       <c r="J13">
         <v>73</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>2</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>