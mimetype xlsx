--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -2631,60 +2631,60 @@
       </c>
       <c r="AE21">
         <v>3</v>
       </c>
       <c r="AF21">
         <v>3</v>
       </c>
       <c r="AG21">
         <v>2</v>
       </c>
       <c r="AH21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T15</v>
       </c>
       <c r="C22">
         <v>15</v>
       </c>
       <c r="D22" t="str">
-        <v>StlJab</v>
+        <v>Jerry</v>
       </c>
       <c r="E22">
         <v>-2</v>
       </c>
       <c r="F22">
         <v>74</v>
       </c>
       <c r="H22" t="str">
-        <v>jabstl14</v>
+        <v>jabstl</v>
       </c>
       <c r="I22">
         <v>-2</v>
       </c>
       <c r="J22">
         <v>74</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>