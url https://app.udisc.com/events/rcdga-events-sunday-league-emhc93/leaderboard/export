--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -2059,60 +2059,60 @@
       </c>
       <c r="AF15">
         <v>3</v>
       </c>
       <c r="AG15">
         <v>3</v>
       </c>
       <c r="AH15">
         <v>4</v>
       </c>
       <c r="AI15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Aaron Nesbit</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>81</v>
       </c>
       <c r="H16" t="str">
-        <v>aaronpeace</v>
+        <v>tibsena</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16">
         <v>81</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>