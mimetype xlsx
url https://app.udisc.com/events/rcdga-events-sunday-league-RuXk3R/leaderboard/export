--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -1389,233 +1389,233 @@
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
         <v>4</v>
       </c>
       <c r="AG9">
         <v>3</v>
       </c>
       <c r="AH9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Jovani Quintero</v>
+        <v>Jerry</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>74</v>
       </c>
       <c r="H10" t="str">
-        <v>chefqeo</v>
+        <v>jabstl</v>
       </c>
       <c r="I10">
         <v>-2</v>
       </c>
       <c r="J10">
         <v>74</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD10">
         <v>2</v>
       </c>
       <c r="AE10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
       <c r="AH10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>StlJab</v>
+        <v>Jovani Quintero</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>74</v>
       </c>
       <c r="H11" t="str">
-        <v>jabstl14</v>
+        <v>chefqeo</v>
       </c>
       <c r="I11">
         <v>-2</v>
       </c>
       <c r="J11">
         <v>74</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>4</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD11">
         <v>2</v>
       </c>
       <c r="AE11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG11">
         <v>3</v>
       </c>
       <c r="AH11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Paul Haskew</v>
       </c>
       <c r="E12">
         <v>-1</v>
       </c>
       <c r="F12">
@@ -3463,60 +3463,60 @@
       </c>
       <c r="AE29">
         <v>5</v>
       </c>
       <c r="AF29">
         <v>4</v>
       </c>
       <c r="AG29">
         <v>4</v>
       </c>
       <c r="AH29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T28</v>
       </c>
       <c r="C30">
         <v>28</v>
       </c>
       <c r="D30" t="str">
-        <v>Aaron Nesbit</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E30">
         <v>8</v>
       </c>
       <c r="F30">
         <v>84</v>
       </c>
       <c r="H30" t="str">
-        <v>aaronpeace</v>
+        <v>tibsena</v>
       </c>
       <c r="I30">
         <v>8</v>
       </c>
       <c r="J30">
         <v>84</v>
       </c>
       <c r="K30">
         <v>5</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>