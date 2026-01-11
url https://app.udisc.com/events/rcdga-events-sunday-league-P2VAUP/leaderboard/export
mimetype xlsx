--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -2946,60 +2946,60 @@
       </c>
       <c r="AE24">
         <v>4</v>
       </c>
       <c r="AF24">
         <v>3</v>
       </c>
       <c r="AG24">
         <v>4</v>
       </c>
       <c r="AH24">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T21</v>
       </c>
       <c r="C25">
         <v>21</v>
       </c>
       <c r="D25" t="str">
-        <v>Aaron Nesbit</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E25">
         <v>2</v>
       </c>
       <c r="F25">
         <v>78</v>
       </c>
       <c r="H25" t="str">
-        <v>aaronpeace</v>
+        <v>tibsena</v>
       </c>
       <c r="I25">
         <v>2</v>
       </c>
       <c r="J25">
         <v>78</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>