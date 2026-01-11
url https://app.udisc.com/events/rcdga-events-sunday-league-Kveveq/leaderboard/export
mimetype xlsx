--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -2169,60 +2169,60 @@
       </c>
       <c r="AF16">
         <v>2</v>
       </c>
       <c r="AG16">
         <v>4</v>
       </c>
       <c r="AH16">
         <v>3</v>
       </c>
       <c r="AI16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>StlJab</v>
+        <v>Jerry</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>79</v>
       </c>
       <c r="H17" t="str">
-        <v>jabstl14</v>
+        <v>jabstl</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>79</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
@@ -2695,60 +2695,60 @@
       </c>
       <c r="AF21">
         <v>3</v>
       </c>
       <c r="AG21">
         <v>3</v>
       </c>
       <c r="AH21">
         <v>3</v>
       </c>
       <c r="AI21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T20</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22" t="str">
-        <v>Aaron Nesbit</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E22">
         <v>4</v>
       </c>
       <c r="F22">
         <v>83</v>
       </c>
       <c r="H22" t="str">
-        <v>aaronpeace</v>
+        <v>tibsena</v>
       </c>
       <c r="I22">
         <v>4</v>
       </c>
       <c r="J22">
         <v>83</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>