--- v0 (2025-12-10)
+++ v1 (2026-01-11)
@@ -3359,60 +3359,60 @@
       </c>
       <c r="AE28">
         <v>5</v>
       </c>
       <c r="AF28">
         <v>3</v>
       </c>
       <c r="AG28">
         <v>3</v>
       </c>
       <c r="AH28">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
-        <v>Aaron Nesbit</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E29">
         <v>5</v>
       </c>
       <c r="F29">
         <v>83</v>
       </c>
       <c r="H29" t="str">
-        <v>aaronpeace</v>
+        <v>tibsena</v>
       </c>
       <c r="I29">
         <v>5</v>
       </c>
       <c r="J29">
         <v>83</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>2</v>
       </c>
       <c r="O29">
         <v>4</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>