--- v0 (2025-12-10)
+++ v1 (2026-01-11)
@@ -1594,3032 +1594,3038 @@
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
       <c r="AD11">
         <v>2</v>
       </c>
       <c r="AE11">
         <v>3</v>
       </c>
       <c r="AF11">
         <v>4</v>
       </c>
       <c r="AG11">
         <v>3</v>
       </c>
       <c r="AH11">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
+        <v>T7</v>
       </c>
       <c r="C12">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D12" t="str">
-        <v>Mitch Kessler</v>
+        <v>Nick Olsen</v>
       </c>
       <c r="E12">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="F12">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>137001</v>
+        <v>70</v>
       </c>
       <c r="H12" t="str">
-        <v>mitchkessler</v>
+        <v>wildbet420</v>
       </c>
       <c r="I12">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="J12">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>2</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
         <v>3</v>
       </c>
       <c r="AH12">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Jovani Quintero</v>
+        <v>Mitch Kessler</v>
       </c>
       <c r="E13">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F13">
-        <v>72</v>
+        <v>71</v>
+      </c>
+      <c r="G13">
+        <v>137001</v>
       </c>
       <c r="H13" t="str">
-        <v>chefqeo</v>
+        <v>mitchkessler</v>
       </c>
       <c r="I13">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="J13">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
         <v>2</v>
       </c>
       <c r="T13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE13">
         <v>4</v>
       </c>
       <c r="AF13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG13">
         <v>3</v>
       </c>
       <c r="AH13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
+        <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Jacob Shepherd</v>
+        <v>Jovani Quintero</v>
       </c>
       <c r="E14">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F14">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>162293</v>
+        <v>72</v>
       </c>
       <c r="H14" t="str">
-        <v>shepsizzle</v>
+        <v>chefqeo</v>
       </c>
       <c r="I14">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J14">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
       <c r="AC14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE14">
         <v>4</v>
       </c>
       <c r="AF14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH14">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T13</v>
+        <v>T14</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Adrian Valcarce</v>
+        <v>Jacob Shepherd</v>
       </c>
       <c r="E15">
         <v>-3</v>
       </c>
       <c r="F15">
         <v>73</v>
       </c>
       <c r="G15">
-        <v>274857</v>
+        <v>162293</v>
       </c>
       <c r="H15" t="str">
-        <v>avalcarce</v>
+        <v>shepsizzle</v>
       </c>
       <c r="I15">
         <v>-3</v>
       </c>
       <c r="J15">
         <v>73</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
       <c r="AC15">
         <v>5</v>
       </c>
       <c r="AD15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH15">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T15</v>
+        <v>T14</v>
       </c>
       <c r="C16">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D16" t="str">
-        <v>Bo Shuck</v>
+        <v>Adrian Valcarce</v>
       </c>
       <c r="E16">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F16">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G16">
-        <v>206809</v>
+        <v>274857</v>
       </c>
       <c r="H16" t="str">
-        <v>bo206809</v>
+        <v>avalcarce</v>
       </c>
       <c r="I16">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J16">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG16">
         <v>3</v>
       </c>
       <c r="AH16">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T15</v>
+        <v>T16</v>
       </c>
       <c r="C17">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Clifton Suede</v>
+        <v>Bo Shuck</v>
       </c>
       <c r="E17">
         <v>-2</v>
       </c>
       <c r="F17">
         <v>74</v>
       </c>
+      <c r="G17">
+        <v>206809</v>
+      </c>
       <c r="H17" t="str">
-        <v>cliffysuede</v>
+        <v>bo206809</v>
       </c>
       <c r="I17">
         <v>-2</v>
       </c>
       <c r="J17">
         <v>74</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC17">
         <v>4</v>
       </c>
       <c r="AD17">
         <v>2</v>
       </c>
       <c r="AE17">
         <v>4</v>
       </c>
       <c r="AF17">
         <v>3</v>
       </c>
       <c r="AG17">
         <v>3</v>
       </c>
       <c r="AH17">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T15</v>
+        <v>T16</v>
       </c>
       <c r="C18">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D18" t="str">
-        <v>Discgolfingzakk</v>
+        <v>Clifton Suede</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>74</v>
       </c>
       <c r="H18" t="str">
-        <v>discgolfingzakk</v>
+        <v>cliffysuede</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>74</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="S18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V18">
         <v>4</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>2</v>
       </c>
       <c r="Z18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
       <c r="AD18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE18">
         <v>4</v>
       </c>
       <c r="AF18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG18">
         <v>3</v>
       </c>
       <c r="AH18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
+        <v>T16</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D19" t="str">
-        <v>Joey Van Duzee</v>
+        <v>Discgolfingzakk</v>
       </c>
       <c r="E19">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F19">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>14124</v>
+        <v>74</v>
       </c>
       <c r="H19" t="str">
-        <v>fljroc</v>
+        <v>discgolfingzakk</v>
       </c>
       <c r="I19">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J19">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R19">
         <v>2</v>
       </c>
       <c r="S19">
         <v>4</v>
       </c>
       <c r="T19">
         <v>4</v>
       </c>
       <c r="U19">
         <v>2</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC19">
         <v>4</v>
       </c>
       <c r="AD19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE19">
         <v>4</v>
       </c>
       <c r="AF19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG19">
         <v>3</v>
       </c>
       <c r="AH19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
+        <v>T19</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D20" t="str">
-        <v>Paul Haskew</v>
+        <v>Joey Van Duzee</v>
       </c>
       <c r="E20">
         <v>-1</v>
       </c>
       <c r="F20">
         <v>75</v>
       </c>
       <c r="G20">
-        <v>154276</v>
+        <v>14124</v>
       </c>
       <c r="H20" t="str">
-        <v>paulsr27</v>
+        <v>fljroc</v>
       </c>
       <c r="I20">
         <v>-1</v>
       </c>
       <c r="J20">
         <v>75</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>4</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
         <v>2</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
       <c r="AD20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE20">
         <v>4</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
       <c r="AG20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T18</v>
+        <v>T19</v>
       </c>
       <c r="C21">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D21" t="str">
-        <v>Jonathan OConnor</v>
+        <v>Paul Haskew</v>
       </c>
       <c r="E21">
         <v>-1</v>
       </c>
       <c r="F21">
         <v>75</v>
       </c>
       <c r="G21">
-        <v>165381</v>
+        <v>154276</v>
       </c>
       <c r="H21" t="str">
-        <v>texwingt70</v>
+        <v>paulsr27</v>
       </c>
       <c r="I21">
         <v>-1</v>
       </c>
       <c r="J21">
         <v>75</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE21">
         <v>4</v>
       </c>
       <c r="AF21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>T18</v>
+        <v>T19</v>
       </c>
       <c r="C22">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D22" t="str">
-        <v>Daniel Broome</v>
+        <v>Jonathan OConnor</v>
       </c>
       <c r="E22">
         <v>-1</v>
       </c>
       <c r="F22">
         <v>75</v>
       </c>
       <c r="G22">
-        <v>182886</v>
+        <v>165381</v>
       </c>
       <c r="H22" t="str">
-        <v>dtsweeps</v>
+        <v>texwingt70</v>
       </c>
       <c r="I22">
         <v>-1</v>
       </c>
       <c r="J22">
         <v>75</v>
       </c>
       <c r="K22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
         <v>2</v>
       </c>
       <c r="Z22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE22">
         <v>4</v>
       </c>
       <c r="AF22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG22">
         <v>3</v>
       </c>
       <c r="AH22">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>T22</v>
+        <v>T19</v>
       </c>
       <c r="C23">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D23" t="str">
-        <v>Joshua Kent</v>
+        <v>Daniel Broome</v>
       </c>
       <c r="E23">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F23">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G23">
-        <v>111585</v>
+        <v>182886</v>
       </c>
       <c r="H23" t="str">
-        <v>joshkent81</v>
+        <v>dtsweeps</v>
       </c>
       <c r="I23">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J23">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y23">
         <v>2</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF23">
         <v>3</v>
       </c>
       <c r="AG23">
         <v>3</v>
       </c>
       <c r="AH23">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>T22</v>
+        <v>T23</v>
       </c>
       <c r="C24">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D24" t="str">
-        <v>Paul Haskew Jr</v>
+        <v>Joshua Kent</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>76</v>
       </c>
       <c r="G24">
-        <v>154277</v>
+        <v>111585</v>
       </c>
       <c r="H24" t="str">
-        <v>paulhaskewjr</v>
+        <v>joshkent81</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>76</v>
       </c>
       <c r="K24">
         <v>2</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U24">
         <v>4</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC24">
         <v>3</v>
       </c>
       <c r="AD24">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AE24">
         <v>3</v>
       </c>
       <c r="AF24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH24">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
-        <v>T22</v>
+        <v>T23</v>
       </c>
       <c r="C25">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D25" t="str">
-        <v>Javi Lee</v>
+        <v>Paul Haskew Jr</v>
       </c>
       <c r="E25">
         <v>0</v>
       </c>
       <c r="F25">
         <v>76</v>
       </c>
       <c r="G25">
-        <v>267399</v>
+        <v>154277</v>
       </c>
       <c r="H25" t="str">
-        <v>javilee98</v>
+        <v>paulhaskewjr</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25">
         <v>76</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25">
         <v>4</v>
       </c>
       <c r="M25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q25">
         <v>2</v>
       </c>
       <c r="R25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
         <v>3</v>
       </c>
       <c r="X25">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA25">
         <v>4</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
       <c r="AC25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD25">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AE25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH25">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
-        <v>T22</v>
+        <v>T23</v>
       </c>
       <c r="C26">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D26" t="str">
-        <v>StlJab</v>
+        <v>Javi Lee</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
         <v>76</v>
       </c>
+      <c r="G26">
+        <v>267399</v>
+      </c>
       <c r="H26" t="str">
-        <v>jabstl14</v>
+        <v>javilee98</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>76</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O26">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P26">
         <v>2</v>
       </c>
       <c r="Q26">
         <v>2</v>
       </c>
       <c r="R26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S26">
         <v>3</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>4</v>
       </c>
       <c r="AB26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD26">
         <v>2</v>
       </c>
       <c r="AE26">
         <v>4</v>
       </c>
       <c r="AF26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG26">
         <v>3</v>
       </c>
       <c r="AH26">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
-        <v>T26</v>
+        <v>T23</v>
       </c>
       <c r="C27">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D27" t="str">
-        <v>Evan Amstutz</v>
+        <v>Jerry</v>
       </c>
       <c r="E27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F27">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>137250</v>
+        <v>76</v>
       </c>
       <c r="H27" t="str">
-        <v>evanamstutz</v>
+        <v>jabstl</v>
       </c>
       <c r="I27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J27">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O27">
         <v>2</v>
       </c>
       <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R27">
         <v>4</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X27">
+        <v>3</v>
+      </c>
+      <c r="Y27">
+        <v>3</v>
+      </c>
+      <c r="Z27">
+        <v>3</v>
+      </c>
+      <c r="AA27">
+        <v>4</v>
+      </c>
+      <c r="AB27">
+        <v>2</v>
+      </c>
+      <c r="AC27">
+        <v>5</v>
+      </c>
+      <c r="AD27">
+        <v>2</v>
+      </c>
+      <c r="AE27">
+        <v>4</v>
+      </c>
+      <c r="AF27">
+        <v>4</v>
+      </c>
+      <c r="AG27">
+        <v>3</v>
+      </c>
+      <c r="AH27">
         <v>6</v>
-      </c>
-[...28 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
-        <v>T26</v>
+        <v>T27</v>
       </c>
       <c r="C28">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D28" t="str">
-        <v>Jake Loferski</v>
+        <v>Evan Amstutz</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28">
         <v>77</v>
       </c>
       <c r="G28">
-        <v>149945</v>
+        <v>137250</v>
       </c>
       <c r="H28" t="str">
-        <v>strawhatman1</v>
+        <v>evanamstutz</v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="J28">
         <v>77</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N28">
         <v>2</v>
       </c>
       <c r="O28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="Y28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA28">
         <v>4</v>
       </c>
       <c r="AB28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC28">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AD28">
         <v>3</v>
       </c>
       <c r="AE28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG28">
         <v>3</v>
       </c>
       <c r="AH28">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
-        <v>28</v>
+        <v>T27</v>
       </c>
       <c r="C29">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D29" t="str">
-        <v>Andrew Scharhag</v>
+        <v>Jake Loferski</v>
       </c>
       <c r="E29">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F29">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="G29">
-        <v>259910</v>
+        <v>149945</v>
       </c>
       <c r="H29" t="str">
-        <v>mrairplane</v>
+        <v>strawhatman1</v>
       </c>
       <c r="I29">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J29">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>
       <c r="R29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S29">
         <v>4</v>
       </c>
       <c r="T29">
         <v>3</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V29">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA29">
         <v>4</v>
       </c>
       <c r="AB29">
         <v>2</v>
       </c>
       <c r="AC29">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AD29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF29">
         <v>3</v>
       </c>
       <c r="AG29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH29">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>29</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="str">
-        <v>Luis Nieves</v>
+        <v>Andrew Scharhag</v>
       </c>
       <c r="E30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F30">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G30">
-        <v>295535</v>
+        <v>259910</v>
       </c>
       <c r="H30" t="str">
-        <v>luisnavidad</v>
+        <v>mrairplane</v>
       </c>
       <c r="I30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J30">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U30">
         <v>3</v>
       </c>
       <c r="V30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC30">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE30">
         <v>4</v>
       </c>
       <c r="AF30">
         <v>3</v>
       </c>
       <c r="AG30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH30">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
-        <v>T30</v>
+        <v>30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
-        <v>JoeySottile</v>
+        <v>Luis Nieves</v>
       </c>
       <c r="E31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F31">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G31">
-        <v>212530</v>
+        <v>295535</v>
       </c>
       <c r="H31" t="str">
-        <v>jsottile7</v>
+        <v>luisnavidad</v>
       </c>
       <c r="I31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J31">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T31">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
       <c r="AC31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AD31">
         <v>3</v>
       </c>
       <c r="AE31">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AF31">
         <v>3</v>
       </c>
       <c r="AG31">
         <v>3</v>
       </c>
       <c r="AH31">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
-        <v>T30</v>
+        <v>T31</v>
       </c>
       <c r="C32">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D32" t="str">
-        <v>Phil Eurom</v>
+        <v>JoeySottile</v>
       </c>
       <c r="E32">
         <v>5</v>
       </c>
       <c r="F32">
         <v>81</v>
       </c>
       <c r="G32">
-        <v>309981</v>
+        <v>212530</v>
       </c>
       <c r="H32" t="str">
-        <v>afkhero1</v>
+        <v>jsottile7</v>
       </c>
       <c r="I32">
         <v>5</v>
       </c>
       <c r="J32">
         <v>81</v>
       </c>
       <c r="K32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>2</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P32">
         <v>4</v>
       </c>
       <c r="Q32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R32">
         <v>4</v>
       </c>
       <c r="S32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T32">
+        <v>2</v>
+      </c>
+      <c r="U32">
+        <v>3</v>
+      </c>
+      <c r="V32">
+        <v>3</v>
+      </c>
+      <c r="W32">
+        <v>3</v>
+      </c>
+      <c r="X32">
+        <v>3</v>
+      </c>
+      <c r="Y32">
+        <v>3</v>
+      </c>
+      <c r="Z32">
+        <v>3</v>
+      </c>
+      <c r="AA32">
+        <v>5</v>
+      </c>
+      <c r="AB32">
+        <v>3</v>
+      </c>
+      <c r="AC32">
+        <v>4</v>
+      </c>
+      <c r="AD32">
+        <v>3</v>
+      </c>
+      <c r="AE32">
         <v>6</v>
       </c>
-      <c r="U32">
-[...31 lines deleted...]
-      </c>
       <c r="AF32">
         <v>3</v>
       </c>
       <c r="AG32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AH32">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
-        <v>32</v>
+        <v>T31</v>
       </c>
       <c r="C33">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D33" t="str">
-        <v>Jess Griffin</v>
+        <v>Phil Eurom</v>
       </c>
       <c r="E33">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F33">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="G33">
-        <v>296808</v>
+        <v>309981</v>
       </c>
       <c r="H33" t="str">
-        <v>jessg904</v>
+        <v>afkhero1</v>
       </c>
       <c r="I33">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J33">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T33">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="U33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V33">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
         <v>3</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
       <c r="AC33">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AH33">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>33</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34" t="str">
-        <v>Reef Andrews</v>
+        <v>Jess Griffin</v>
       </c>
       <c r="E34">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F34">
-        <v>84</v>
+        <v>83</v>
+      </c>
+      <c r="G34">
+        <v>296808</v>
       </c>
       <c r="H34" t="str">
-        <v>keylimecreampie</v>
+        <v>jessg904</v>
       </c>
       <c r="I34">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="J34">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>4</v>
       </c>
       <c r="P34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T34">
         <v>3</v>
       </c>
       <c r="U34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V34">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X34">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC34">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD34">
         <v>3</v>
       </c>
       <c r="AE34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH34">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
-        <v>Jon Prince</v>
+        <v>Reef Andrews</v>
       </c>
       <c r="E35">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F35">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>93304</v>
+        <v>84</v>
       </c>
       <c r="H35" t="str">
-        <v>noodlearm83</v>
+        <v>keylimecreampie</v>
       </c>
       <c r="I35">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="J35">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="K35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>4</v>
       </c>
       <c r="P35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q35">
         <v>4</v>
       </c>
       <c r="R35">
         <v>4</v>
       </c>
       <c r="S35">
         <v>4</v>
       </c>
       <c r="T35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U35">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V35">
         <v>4</v>
       </c>
       <c r="W35">
         <v>4</v>
       </c>
       <c r="X35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA35">
         <v>4</v>
       </c>
       <c r="AB35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF35">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AG35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH35">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>35</v>
       </c>
       <c r="C36">
         <v>35</v>
       </c>
       <c r="D36" t="str">
-        <v>Steven Govoni</v>
+        <v>Jon Prince</v>
       </c>
       <c r="E36">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F36">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G36">
-        <v>175819</v>
+        <v>93304</v>
       </c>
       <c r="H36" t="str">
-        <v>steven4949</v>
+        <v>noodlearm83</v>
       </c>
       <c r="I36">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J36">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="K36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R36">
         <v>4</v>
       </c>
       <c r="S36">
         <v>4</v>
       </c>
       <c r="T36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V36">
         <v>4</v>
       </c>
       <c r="W36">
         <v>4</v>
       </c>
       <c r="X36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
         <v>2</v>
       </c>
       <c r="AA36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
       <c r="AC36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD36">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AG36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH36">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
-        <v>T36</v>
+        <v>36</v>
       </c>
       <c r="C37">
         <v>36</v>
       </c>
       <c r="D37" t="str">
-        <v>Jaime Haskew</v>
+        <v>Steven Govoni</v>
       </c>
       <c r="E37">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F37">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G37">
-        <v>199314</v>
+        <v>175819</v>
       </c>
       <c r="H37" t="str">
-        <v>jaimehaskew</v>
+        <v>steven4949</v>
       </c>
       <c r="I37">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J37">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T37">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
         <v>4</v>
       </c>
       <c r="W37">
         <v>4</v>
       </c>
       <c r="X37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA37">
         <v>5</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
       <c r="AC37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD37">
         <v>4</v>
       </c>
       <c r="AE37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF37">
         <v>3</v>
       </c>
       <c r="AG37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH37">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
-        <v>T36</v>
+        <v>T37</v>
       </c>
       <c r="C38">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D38" t="str">
-        <v xml:space="preserve">Aaron Nesbit </v>
+        <v>Jaime Haskew</v>
       </c>
       <c r="E38">
         <v>14</v>
       </c>
       <c r="F38">
         <v>90</v>
       </c>
+      <c r="G38">
+        <v>199314</v>
+      </c>
       <c r="H38" t="str">
-        <v>tibsena</v>
+        <v>jaimehaskew</v>
       </c>
       <c r="I38">
         <v>14</v>
       </c>
       <c r="J38">
         <v>90</v>
       </c>
       <c r="K38">
+        <v>3</v>
+      </c>
+      <c r="L38">
+        <v>4</v>
+      </c>
+      <c r="M38">
+        <v>2</v>
+      </c>
+      <c r="N38">
+        <v>3</v>
+      </c>
+      <c r="O38">
+        <v>4</v>
+      </c>
+      <c r="P38">
+        <v>2</v>
+      </c>
+      <c r="Q38">
+        <v>3</v>
+      </c>
+      <c r="R38">
+        <v>5</v>
+      </c>
+      <c r="S38">
+        <v>3</v>
+      </c>
+      <c r="T38">
+        <v>5</v>
+      </c>
+      <c r="U38">
+        <v>3</v>
+      </c>
+      <c r="V38">
+        <v>4</v>
+      </c>
+      <c r="W38">
+        <v>4</v>
+      </c>
+      <c r="X38">
+        <v>4</v>
+      </c>
+      <c r="Y38">
+        <v>3</v>
+      </c>
+      <c r="Z38">
+        <v>3</v>
+      </c>
+      <c r="AA38">
+        <v>5</v>
+      </c>
+      <c r="AB38">
+        <v>3</v>
+      </c>
+      <c r="AC38">
+        <v>5</v>
+      </c>
+      <c r="AD38">
+        <v>4</v>
+      </c>
+      <c r="AE38">
+        <v>4</v>
+      </c>
+      <c r="AF38">
+        <v>3</v>
+      </c>
+      <c r="AG38">
+        <v>4</v>
+      </c>
+      <c r="AH38">
         <v>7</v>
-      </c>
-[...67 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
-        <v>38</v>
+        <v>T37</v>
       </c>
       <c r="C39">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D39" t="str">
-        <v>Randy Lockhart</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E39">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="F39">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>70049</v>
+        <v>90</v>
       </c>
       <c r="H39" t="str">
-        <v>randy70049</v>
+        <v>tibsena</v>
       </c>
       <c r="I39">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="J39">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="K39">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M39">
         <v>4</v>
       </c>
       <c r="N39">
         <v>4</v>
       </c>
       <c r="O39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V39">
         <v>5</v>
       </c>
       <c r="W39">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="X39">
         <v>4</v>
       </c>
       <c r="Y39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
       <c r="AC39">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AD39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE39">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AF39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH39">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
-        <v>DNF</v>
+        <v>39</v>
+      </c>
+      <c r="C40">
+        <v>39</v>
       </c>
       <c r="D40" t="str">
-        <v>Nick Olsen</v>
+        <v>Randy Lockhart</v>
       </c>
       <c r="E40">
-        <v>-7</v>
+        <v>28</v>
       </c>
       <c r="F40">
-        <v>65</v>
+        <v>104</v>
+      </c>
+      <c r="G40">
+        <v>70049</v>
       </c>
       <c r="H40" t="str">
-        <v>wildbet420</v>
+        <v>randy70049</v>
       </c>
       <c r="I40">
-        <v>-7</v>
+        <v>28</v>
       </c>
       <c r="J40">
-        <v>65</v>
+        <v>104</v>
       </c>
       <c r="K40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O40">
         <v>4</v>
       </c>
       <c r="P40">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Q40">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V40">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W40">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="X40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC40">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD40">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AE40">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AF40">
         <v>3</v>
       </c>
       <c r="AG40">
         <v>3</v>
+      </c>
+      <c r="AH40">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AH40"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>