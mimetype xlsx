--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -3548,60 +3548,60 @@
       </c>
       <c r="AF29">
         <v>2</v>
       </c>
       <c r="AG29">
         <v>4</v>
       </c>
       <c r="AH29">
         <v>3</v>
       </c>
       <c r="AI29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T27</v>
       </c>
       <c r="C30">
         <v>27</v>
       </c>
       <c r="D30" t="str">
-        <v>StlJab</v>
+        <v>Jerry</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
         <v>79</v>
       </c>
       <c r="H30" t="str">
-        <v>jabstl14</v>
+        <v>jabstl</v>
       </c>
       <c r="I30">
         <v>0</v>
       </c>
       <c r="J30">
         <v>79</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
@@ -3652,60 +3652,60 @@
       </c>
       <c r="AF30">
         <v>3</v>
       </c>
       <c r="AG30">
         <v>4</v>
       </c>
       <c r="AH30">
         <v>3</v>
       </c>
       <c r="AI30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
-        <v>Aaron Nesbit</v>
+        <v xml:space="preserve">Aaron Nesbit </v>
       </c>
       <c r="E31">
         <v>4</v>
       </c>
       <c r="F31">
         <v>83</v>
       </c>
       <c r="H31" t="str">
-        <v>aaronpeace</v>
+        <v>tibsena</v>
       </c>
       <c r="I31">
         <v>4</v>
       </c>
       <c r="J31">
         <v>83</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>