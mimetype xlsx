--- v0 (2025-10-20)
+++ v1 (2026-01-30)
@@ -1577,51 +1577,51 @@
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>B Pool</v>
       </c>
       <c r="B14" t="str">
         <v>T3</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14" t="str">
         <v>Grant Sooter</v>
       </c>
       <c r="E14">
         <v>8</v>
       </c>
       <c r="F14">
         <v>63</v>
       </c>
       <c r="H14" t="str">
-        <v>grantsooter12</v>
+        <v>gsoot12</v>
       </c>
       <c r="I14">
         <v>8</v>
       </c>
       <c r="J14">
         <v>63</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>