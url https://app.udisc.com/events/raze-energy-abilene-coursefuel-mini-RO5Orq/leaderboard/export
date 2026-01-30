--- v0 (2025-10-20)
+++ v1 (2026-01-30)
@@ -1942,51 +1942,51 @@
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>B POOL</v>
       </c>
       <c r="B18" t="str">
         <v>8</v>
       </c>
       <c r="C18">
         <v>8</v>
       </c>
       <c r="D18" t="str">
         <v>Grant Sooter</v>
       </c>
       <c r="E18">
         <v>10</v>
       </c>
       <c r="F18">
         <v>65</v>
       </c>
       <c r="H18" t="str">
-        <v>grantsooter12</v>
+        <v>gsoot12</v>
       </c>
       <c r="I18">
         <v>10</v>
       </c>
       <c r="J18">
         <v>65</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>2</v>
       </c>