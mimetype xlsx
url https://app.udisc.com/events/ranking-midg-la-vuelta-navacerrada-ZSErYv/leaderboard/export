--- v0 (2025-10-20)
+++ v1 (2026-01-12)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-5</v>
       </c>
       <c r="D2">
         <v>-2</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>3</v>
       </c>
       <c r="G2">
         <v>3</v>
       </c>
       <c r="H2" t="str">
         <v>Marco</v>
       </c>
       <c r="I2">
         <v>-3</v>
       </c>
       <c r="J2">
         <v>52</v>
       </c>
+      <c r="K2">
+        <v>318987</v>
+      </c>
       <c r="L2" t="str">
         <v>marconce</v>
       </c>
       <c r="M2">
         <v>-3</v>
       </c>
       <c r="N2">
         <v>52</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">