--- v0 (2025-11-09)
+++ v1 (2026-01-12)
@@ -1350,50 +1350,53 @@
       </c>
       <c r="C10">
         <v>2</v>
       </c>
       <c r="D10">
         <v>-1</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>T8</v>
       </c>
       <c r="G10">
         <v>8</v>
       </c>
       <c r="H10" t="str">
         <v>Marco</v>
       </c>
       <c r="I10">
         <v>3</v>
       </c>
       <c r="J10">
         <v>58</v>
       </c>
+      <c r="K10">
+        <v>318987</v>
+      </c>
       <c r="L10" t="str">
         <v>marconce</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>58</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>5</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">