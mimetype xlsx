--- v0 (2025-11-30)
+++ v1 (2026-01-12)
@@ -1255,50 +1255,53 @@
       </c>
       <c r="C9">
         <v>3</v>
       </c>
       <c r="D9">
         <v>-1</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>6</v>
       </c>
       <c r="G9">
         <v>6</v>
       </c>
       <c r="H9" t="str">
         <v>Marco</v>
       </c>
       <c r="I9">
         <v>4</v>
       </c>
       <c r="J9">
         <v>59</v>
       </c>
+      <c r="K9">
+        <v>318987</v>
+      </c>
       <c r="L9" t="str">
         <v>marconce</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>59</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">