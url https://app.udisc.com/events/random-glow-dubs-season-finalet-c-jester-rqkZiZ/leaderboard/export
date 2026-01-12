--- v0 (2025-11-07)
+++ v1 (2026-01-12)
@@ -2955,51 +2955,51 @@
       </c>
       <c r="AE27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v xml:space="preserve">Stefan Scepanovic &amp; Matthew Cheung </v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
       <c r="F28">
         <v>64</v>
       </c>
       <c r="H28" t="str">
-        <v>scepa991,lonewinterz</v>
+        <v>scepa991,loneshadow</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28">
         <v>64</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>