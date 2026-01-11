--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -521,50 +521,53 @@
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="E2">
         <v>-6</v>
       </c>
       <c r="F2">
         <v>21</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
+      <c r="H2">
+        <v>67506</v>
+      </c>
       <c r="I2" t="str">
         <v>edt2024</v>
       </c>
       <c r="J2">
         <v>-6</v>
       </c>
       <c r="K2">
         <v>21</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
@@ -1304,152 +1307,155 @@
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>4</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>DUP</v>
       </c>
       <c r="D15" t="str">
-        <v>Ricardo Cabrera</v>
+        <v>Eric Turpin</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F15">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H15">
-        <v>276899</v>
+        <v>67506</v>
       </c>
       <c r="I15" t="str">
-        <v>saiyangod4393</v>
+        <v>edt2024</v>
       </c>
       <c r="J15">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="K15">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
-        <v>Eric Turpin</v>
+        <v>Ricardo Cabrera</v>
       </c>
       <c r="E16">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="F16">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="G16">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H16">
+        <v>276899</v>
       </c>
       <c r="I16" t="str">
-        <v>edt2024</v>
+        <v>saiyangod4393</v>
       </c>
       <c r="J16">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="K16">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>2</v>
       </c>
       <c r="S16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:T16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>