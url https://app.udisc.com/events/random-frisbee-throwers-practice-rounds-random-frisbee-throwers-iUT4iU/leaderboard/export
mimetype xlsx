--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -787,50 +787,53 @@
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="str">
         <v>Gen</v>
       </c>
       <c r="F4" t="str">
         <v>T1</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="I4">
         <v>-5</v>
       </c>
       <c r="J4">
         <v>53</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
+      <c r="L4">
+        <v>67506</v>
+      </c>
       <c r="M4" t="str">
         <v>edt2024</v>
       </c>
       <c r="N4">
         <v>-5</v>
       </c>
       <c r="O4">
         <v>53</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
@@ -1147,316 +1150,319 @@
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
         <v>2</v>
       </c>
       <c r="AE7">
         <v>4</v>
       </c>
       <c r="AF7">
         <v>4</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="C8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D8">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="E8" t="str">
         <v>Gen</v>
       </c>
       <c r="F8" t="str">
         <v>DUP</v>
       </c>
       <c r="H8" t="str">
-        <v>Jason Pierce</v>
+        <v>Eric Turpin</v>
       </c>
       <c r="I8">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="J8">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="K8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L8">
-        <v>134215</v>
+        <v>67506</v>
       </c>
       <c r="M8" t="str">
-        <v>skinsfan69</v>
+        <v>edt2024</v>
       </c>
       <c r="N8">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O8">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V8">
+        <v>5</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
         <v>6</v>
       </c>
-      <c r="W8">
-[...7 lines deleted...]
-      </c>
       <c r="Z8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AD8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF8">
         <v>4</v>
       </c>
       <c r="AG8">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="C9">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D9">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="E9" t="str">
         <v>Gen</v>
       </c>
       <c r="F9" t="str">
         <v>DUP</v>
       </c>
       <c r="H9" t="str">
-        <v>Steve Weygint</v>
+        <v>Jason Pierce</v>
       </c>
       <c r="I9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J9">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L9">
-        <v>206986</v>
+        <v>134215</v>
       </c>
       <c r="M9" t="str">
-        <v>sweygint</v>
+        <v>skinsfan69</v>
       </c>
       <c r="N9">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="O9">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U9">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="V9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD9">
         <v>3</v>
       </c>
       <c r="AE9">
         <v>5</v>
       </c>
       <c r="AF9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG9">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="C10">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D10">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="E10" t="str">
         <v>Gen</v>
       </c>
       <c r="F10" t="str">
         <v>DUP</v>
       </c>
       <c r="H10" t="str">
-        <v>Eric Turpin</v>
+        <v>Steve Weygint</v>
       </c>
       <c r="I10">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="J10">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
+      <c r="L10">
+        <v>206986</v>
+      </c>
       <c r="M10" t="str">
-        <v>edt2024</v>
+        <v>sweygint</v>
       </c>
       <c r="N10">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="O10">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="V10">
         <v>5</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AG10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>