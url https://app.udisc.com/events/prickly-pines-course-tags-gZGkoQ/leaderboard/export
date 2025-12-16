--- v0 (2025-10-20)
+++ v1 (2025-12-16)
@@ -2001,51 +2001,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>LD</v>
       </c>
       <c r="E19">
         <v>5</v>
       </c>
       <c r="F19">
         <v>59</v>
       </c>
       <c r="G19">
         <v>295932</v>
       </c>
       <c r="H19" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>59</v>
       </c>
       <c r="K19">
         <v>5</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>