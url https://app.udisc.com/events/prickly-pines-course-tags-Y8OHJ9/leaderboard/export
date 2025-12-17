--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -1666,51 +1666,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T11</v>
       </c>
       <c r="C15">
         <v>11</v>
       </c>
       <c r="D15" t="str">
         <v>LD</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>55</v>
       </c>
       <c r="G15">
         <v>295932</v>
       </c>
       <c r="H15" t="str">
-        <v>dskills</v>
+        <v>flightline</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15">
         <v>55</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>