--- v0 (2025-12-15)
+++ v1 (2026-02-15)
@@ -812,51 +812,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA1PRO</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="E5">
         <v>-8</v>
       </c>
       <c r="F5">
         <v>47</v>
       </c>
       <c r="G5">
         <v>131392</v>
       </c>
       <c r="H5" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="I5">
         <v>-8</v>
       </c>
       <c r="J5">
         <v>47</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>