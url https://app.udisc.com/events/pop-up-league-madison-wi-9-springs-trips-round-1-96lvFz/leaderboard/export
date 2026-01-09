--- v0 (2025-10-22)
+++ v1 (2026-01-09)
@@ -2045,51 +2045,51 @@
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>“ B “</v>
       </c>
       <c r="B20" t="str">
         <v>T13</v>
       </c>
       <c r="C20">
         <v>13</v>
       </c>
       <c r="D20" t="str">
         <v xml:space="preserve">David Kagabitang  &amp; Donald Magill &amp; Alex Burkett </v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
         <v>54</v>
       </c>
       <c r="H20" t="str">
-        <v>dkagabitang,theoschism,alexburkett</v>
+        <v>dkagabitang,danbagel,alexburkett</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
         <v>54</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>