--- v0 (2025-10-03)
+++ v1 (2025-11-16)
@@ -2504,50 +2504,53 @@
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>Ivan Pedraza</v>
       </c>
       <c r="E25">
         <v>16</v>
       </c>
       <c r="F25">
         <v>76</v>
       </c>
+      <c r="G25">
+        <v>316289</v>
+      </c>
       <c r="H25" t="str">
         <v>shroomer26</v>
       </c>
       <c r="I25">
         <v>16</v>
       </c>
       <c r="J25">
         <v>76</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">