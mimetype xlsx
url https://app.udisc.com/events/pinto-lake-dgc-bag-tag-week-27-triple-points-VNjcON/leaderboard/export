--- v0 (2025-10-03)
+++ v1 (2025-11-16)
@@ -2739,50 +2739,53 @@
         <v>3</v>
       </c>
       <c r="AD25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Ivan Pedraza</v>
       </c>
       <c r="E26">
         <v>11</v>
       </c>
       <c r="F26">
         <v>75</v>
       </c>
+      <c r="G26">
+        <v>316289</v>
+      </c>
       <c r="H26" t="str">
         <v>shroomer26</v>
       </c>
       <c r="I26">
         <v>11</v>
       </c>
       <c r="J26">
         <v>75</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>6</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">