--- v0 (2025-10-21)
+++ v1 (2025-11-30)
@@ -792,50 +792,53 @@
         <v>2</v>
       </c>
       <c r="AI3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v xml:space="preserve">Ethan Partridge </v>
       </c>
       <c r="E4">
         <v>-15</v>
       </c>
       <c r="F4">
         <v>66</v>
       </c>
+      <c r="G4">
+        <v>309432</v>
+      </c>
       <c r="H4" t="str">
         <v>ethanpart</v>
       </c>
       <c r="I4">
         <v>-15</v>
       </c>
       <c r="J4">
         <v>66</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">