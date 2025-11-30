--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -1651,72 +1651,78 @@
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Ma2Ma3</v>
       </c>
+      <c r="B14" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D14" t="str">
         <v>Elijah walker &amp; Kyle bratton</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="H14" t="str">
         <v>elijahwalker,bratton21</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Ma2Ma3</v>
+      </c>
+      <c r="B15" t="str">
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Michael Colclasure &amp; Dragon Hartney</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="H15" t="str">
         <v>mickeytrod,zeezaa</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>CoEdAm</v>
       </c>
       <c r="B16" t="str">