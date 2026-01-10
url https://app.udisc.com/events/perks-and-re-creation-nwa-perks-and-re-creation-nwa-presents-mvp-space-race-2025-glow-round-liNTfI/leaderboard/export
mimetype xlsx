--- v0 (2025-10-19)
+++ v1 (2026-01-10)
@@ -1224,206 +1224,209 @@
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Gen</v>
       </c>
       <c r="B10" t="str">
         <v>T6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
-        <v>Walter Blythe</v>
+        <v>Dakota Ray</v>
       </c>
       <c r="E10">
         <v>-5</v>
       </c>
       <c r="F10">
         <v>49</v>
       </c>
       <c r="G10">
-        <v>295919</v>
+        <v>294885</v>
       </c>
       <c r="H10" t="str">
-        <v>walterhilton</v>
+        <v>drayrayk</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>49</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB10">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Gen</v>
       </c>
       <c r="B11" t="str">
         <v>T6</v>
       </c>
       <c r="C11">
         <v>6</v>
       </c>
       <c r="D11" t="str">
-        <v>Dakota Ray</v>
+        <v>Walter Blythe</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>49</v>
       </c>
+      <c r="G11">
+        <v>295919</v>
+      </c>
       <c r="H11" t="str">
-        <v>drayrayk</v>
+        <v>walterhilton</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>49</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Gen</v>
       </c>
       <c r="B12" t="str">
         <v>T6</v>
       </c>
       <c r="C12">
         <v>6</v>
       </c>
       <c r="D12" t="str">
         <v>Landen Jarvis</v>
       </c>
       <c r="E12">
         <v>-5</v>
       </c>
       <c r="F12">
         <v>49</v>
       </c>
       <c r="H12" t="str">
         <v>landenjarvis</v>
       </c>
       <c r="I12">