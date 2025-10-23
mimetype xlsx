--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1444,50 +1444,53 @@
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>SKUPA</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>František Marek</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
         <v>48</v>
       </c>
+      <c r="G14">
+        <v>316531</v>
+      </c>
       <c r="H14" t="str">
         <v>franta89</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14">
         <v>48</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
@@ -1806,182 +1809,185 @@
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
         <v>2</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>SKUPB</v>
       </c>
       <c r="B19" t="str">
         <v>T1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
-        <v>David Dejv</v>
+        <v>Václav Pelíšek</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>46</v>
       </c>
+      <c r="G19">
+        <v>316015</v>
+      </c>
       <c r="H19" t="str">
-        <v>daviddejv</v>
+        <v>peldax</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19">
         <v>46</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>SKUPB</v>
       </c>
       <c r="B20" t="str">
         <v>T1</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="str">
-        <v>Václav Pelíšek</v>
+        <v>David Dejv</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
         <v>46</v>
       </c>
       <c r="H20" t="str">
-        <v>peldax</v>
+        <v>daviddejv</v>
       </c>
       <c r="I20">
         <v>1</v>
       </c>
       <c r="J20">
         <v>46</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>SKUPB</v>
       </c>
       <c r="B21" t="str">
         <v>T3</v>
       </c>
       <c r="C21">
         <v>3</v>
       </c>
       <c r="D21" t="str">
         <v>Jan Fajtl</v>
       </c>
       <c r="E21">
         <v>3</v>
       </c>
       <c r="F21">
         <v>48</v>
       </c>
       <c r="H21" t="str">