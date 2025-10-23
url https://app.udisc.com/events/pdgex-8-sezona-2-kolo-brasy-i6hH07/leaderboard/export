--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1226,50 +1226,53 @@
         <v>2</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>SKUPA</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>František Marek</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
         <v>54</v>
       </c>
+      <c r="G10">
+        <v>316531</v>
+      </c>
       <c r="H10" t="str">
         <v>franta89</v>
       </c>
       <c r="I10">
         <v>-3</v>
       </c>
       <c r="J10">
         <v>54</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
@@ -2472,203 +2475,206 @@
       </c>
       <c r="Y24">
         <v>4</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>SKUPB</v>
       </c>
       <c r="B25" t="str">
         <v>T6</v>
       </c>
       <c r="C25">
         <v>6</v>
       </c>
       <c r="D25" t="str">
-        <v>Ondřej Huml</v>
+        <v>Václav Pelíšek</v>
       </c>
       <c r="E25">
         <v>7</v>
       </c>
       <c r="F25">
         <v>64</v>
       </c>
+      <c r="G25">
+        <v>316015</v>
+      </c>
       <c r="H25" t="str">
-        <v>ondrahuml</v>
+        <v>peldax</v>
       </c>
       <c r="I25">
         <v>7</v>
       </c>
       <c r="J25">
         <v>64</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P25">
         <v>5</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W25">
         <v>4</v>
       </c>
       <c r="X25">
         <v>4</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>SKUPB</v>
       </c>
       <c r="B26" t="str">
         <v>T6</v>
       </c>
       <c r="C26">
         <v>6</v>
       </c>
       <c r="D26" t="str">
-        <v>Václav Pelíšek</v>
+        <v>Ondřej Huml</v>
       </c>
       <c r="E26">
         <v>7</v>
       </c>
       <c r="F26">
         <v>64</v>
       </c>
       <c r="H26" t="str">
-        <v>peldax</v>
+        <v>ondrahuml</v>
       </c>
       <c r="I26">
         <v>7</v>
       </c>
       <c r="J26">
         <v>64</v>
       </c>
       <c r="K26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P26">
         <v>5</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W26">
         <v>4</v>
       </c>
       <c r="X26">
         <v>4</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>SKUPB</v>
       </c>
       <c r="B27" t="str">
         <v>8</v>
       </c>
       <c r="C27">
         <v>8</v>
       </c>
       <c r="D27" t="str">
         <v>Filip Smejkal</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
         <v>65</v>
       </c>
       <c r="H27" t="str">
         <v>smejky30</v>
       </c>
       <c r="I27">