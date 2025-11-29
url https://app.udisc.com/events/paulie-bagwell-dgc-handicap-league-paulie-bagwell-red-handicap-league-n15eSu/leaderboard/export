--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -888,50 +888,53 @@
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Greg B</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>52</v>
       </c>
+      <c r="G6">
+        <v>311179</v>
+      </c>
       <c r="H6" t="str">
         <v>tacotuesdays627</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>52</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">