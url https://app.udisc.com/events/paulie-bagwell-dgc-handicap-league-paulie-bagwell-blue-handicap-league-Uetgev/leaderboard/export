--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -2309,54 +2309,51 @@
       </c>
       <c r="W22">
         <v>4</v>
       </c>
       <c r="X22">
         <v>2</v>
       </c>
       <c r="Y22">
         <v>4</v>
       </c>
       <c r="Z22">
         <v>4</v>
       </c>
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>DNF</v>
       </c>
       <c r="D23" t="str">
         <v>Jessica Fouch</v>
       </c>
       <c r="E23">
         <v>37</v>
       </c>
       <c r="F23">
         <v>73</v>
       </c>
       <c r="H23" t="str">
         <v>jfouch</v>
       </c>
       <c r="I23">
         <v>37</v>
       </c>
       <c r="J23">
         <v>73</v>
       </c>
       <c r="O23">
         <v>5</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>