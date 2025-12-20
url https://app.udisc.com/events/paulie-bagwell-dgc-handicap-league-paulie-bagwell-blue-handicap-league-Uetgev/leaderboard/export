--- v1 (2025-11-09)
+++ v2 (2025-12-20)
@@ -1484,50 +1484,53 @@
         <v>5</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Greg B</v>
       </c>
       <c r="E13">
         <v>10</v>
       </c>
       <c r="F13">
         <v>67</v>
       </c>
+      <c r="G13">
+        <v>311179</v>
+      </c>
       <c r="H13" t="str">
         <v>tacotuesdays627</v>
       </c>
       <c r="I13">
         <v>10</v>
       </c>
       <c r="J13">
         <v>67</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">