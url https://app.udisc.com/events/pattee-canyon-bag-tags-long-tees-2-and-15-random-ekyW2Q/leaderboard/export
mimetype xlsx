--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1989,292 +1989,295 @@
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MPO</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
-        <v>Vincent Bagby</v>
+        <v>Wendall Clawson</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>59</v>
       </c>
       <c r="G19">
-        <v>181156</v>
+        <v>61152</v>
       </c>
       <c r="H19" t="str">
-        <v>vinnybags14</v>
+        <v>jakiedaytona</v>
       </c>
       <c r="I19">
         <v>3</v>
       </c>
       <c r="J19">
         <v>59</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>2</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MPO</v>
       </c>
       <c r="B20" t="str">
         <v>T18</v>
       </c>
       <c r="C20">
         <v>18</v>
       </c>
       <c r="D20" t="str">
-        <v>Randy Michaud</v>
+        <v>Vincent Bagby</v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="F20">
         <v>59</v>
       </c>
       <c r="G20">
-        <v>300409</v>
+        <v>181156</v>
       </c>
       <c r="H20" t="str">
-        <v>dizzlemt</v>
+        <v>vinnybags14</v>
       </c>
       <c r="I20">
         <v>3</v>
       </c>
       <c r="J20">
         <v>59</v>
       </c>
       <c r="K20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L20">
         <v>4</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>2</v>
       </c>
       <c r="R20">
         <v>4</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>4</v>
       </c>
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MPO</v>
       </c>
       <c r="B21" t="str">
         <v>T18</v>
       </c>
       <c r="C21">
         <v>18</v>
       </c>
       <c r="D21" t="str">
-        <v>Wendall Clawson</v>
+        <v>Randy Michaud</v>
       </c>
       <c r="E21">
         <v>3</v>
       </c>
       <c r="F21">
         <v>59</v>
       </c>
+      <c r="G21">
+        <v>300409</v>
+      </c>
       <c r="H21" t="str">
-        <v>jakiedaytona</v>
+        <v>dizzlemt</v>
       </c>
       <c r="I21">
         <v>3</v>
       </c>
       <c r="J21">
         <v>59</v>
       </c>
       <c r="K21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>2</v>
       </c>
       <c r="R21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB21">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MPO</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Russell Klein</v>
       </c>
       <c r="E22">
         <v>4</v>
       </c>
       <c r="F22">
         <v>60</v>
       </c>
       <c r="G22">
         <v>29057</v>
       </c>
       <c r="H22" t="str">