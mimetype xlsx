--- v0 (2026-01-24)
+++ v1 (2026-02-13)
@@ -536,313 +536,301 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>OPEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Sean Maloney</v>
+        <v>Taco</v>
       </c>
       <c r="E2">
-        <v>-9</v>
+        <v>-1</v>
       </c>
       <c r="F2">
-        <v>42</v>
+        <v>2</v>
+      </c>
+      <c r="G2">
+        <v>168908</v>
       </c>
       <c r="H2" t="str">
-        <v>smaloney88</v>
+        <v>staco94</v>
       </c>
       <c r="I2">
-        <v>-9</v>
+        <v>-1</v>
       </c>
       <c r="J2">
-        <v>42</v>
+        <v>2</v>
       </c>
       <c r="K2">
-        <v>3</v>
-[...46 lines deleted...]
-      <c r="AA2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>OPEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Taco</v>
+        <v>Cole Garner</v>
       </c>
       <c r="E3">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="F3">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="G3">
-        <v>168908</v>
+        <v>125157</v>
       </c>
       <c r="H3" t="str">
-        <v>staco94</v>
+        <v>discwizard88</v>
       </c>
       <c r="I3">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="J3">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="L3">
+        <v>4</v>
+      </c>
+      <c r="M3">
+        <v>2</v>
+      </c>
+      <c r="N3">
+        <v>2</v>
+      </c>
+      <c r="O3">
+        <v>4</v>
+      </c>
+      <c r="P3">
+        <v>4</v>
+      </c>
+      <c r="Q3">
+        <v>4</v>
+      </c>
+      <c r="R3">
+        <v>2</v>
+      </c>
+      <c r="S3">
+        <v>3</v>
+      </c>
+      <c r="T3">
+        <v>2</v>
+      </c>
+      <c r="U3">
+        <v>3</v>
+      </c>
+      <c r="V3">
+        <v>3</v>
+      </c>
+      <c r="W3">
+        <v>3</v>
+      </c>
+      <c r="X3">
+        <v>2</v>
+      </c>
+      <c r="Y3">
+        <v>5</v>
+      </c>
+      <c r="Z3">
+        <v>3</v>
+      </c>
+      <c r="AA3">
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>OPEN</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Cole Garner</v>
+        <v>Sean Maloney</v>
       </c>
       <c r="E4">
-        <v>2</v>
+        <v>-9</v>
       </c>
       <c r="F4">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>125157</v>
+        <v>42</v>
       </c>
       <c r="H4" t="str">
-        <v>discwizard88</v>
+        <v>smaloney88</v>
       </c>
       <c r="I4">
-        <v>2</v>
+        <v>-9</v>
       </c>
       <c r="J4">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
+        <v>3</v>
+      </c>
+      <c r="M4">
         <v>4</v>
       </c>
-      <c r="M4">
-[...1 lines deleted...]
-      </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>OPEN</v>
       </c>
+      <c r="B5" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D5" t="str">
         <v>Arthur Suttles</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>0</v>
       </c>
       <c r="G5">
         <v>120679</v>
       </c>
       <c r="H5" t="str">
         <v>asuttles2020</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>LADIES</v>
       </c>
       <c r="B6" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Briana Tancrede</v>
       </c>
       <c r="E6">
         <v>-1</v>
       </c>
       <c r="F6">
         <v>2</v>
       </c>
       <c r="G6">
         <v>213578</v>
       </c>
       <c r="H6" t="str">
         <v>brianat14</v>
       </c>
       <c r="I6">
         <v>-1</v>
       </c>
       <c r="J6">
         <v>2</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>LADIES</v>
       </c>
       <c r="B7" t="str">
-        <v>T1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>Breanna Maloney</v>
       </c>
       <c r="E7">
         <v>-1</v>
       </c>
       <c r="F7">
         <v>50</v>
       </c>
       <c r="G7">
         <v>106538</v>
       </c>
       <c r="H7" t="str">
         <v>brelee36</v>
       </c>
       <c r="I7">
         <v>-1</v>
       </c>
       <c r="J7">
         <v>50</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>