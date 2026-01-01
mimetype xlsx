--- v0 (2025-11-29)
+++ v1 (2026-01-01)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AH22"/>
+  <dimension ref="A1:AH21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -560,886 +560,970 @@
       </c>
       <c r="AC1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_20</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_21</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_22</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_23</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>OPEN</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Sean Maloney</v>
       </c>
       <c r="E2">
-        <v>-11</v>
+        <v>-15</v>
       </c>
       <c r="F2">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="H2" t="str">
         <v>smaloney88</v>
       </c>
       <c r="I2">
-        <v>-11</v>
+        <v>-15</v>
       </c>
       <c r="J2">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
         <v>2</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
+        <v>2</v>
+      </c>
+      <c r="AC2">
+        <v>3</v>
+      </c>
+      <c r="AD2">
+        <v>3</v>
+      </c>
+      <c r="AE2">
+        <v>3</v>
+      </c>
+      <c r="AF2">
+        <v>3</v>
+      </c>
+      <c r="AG2">
+        <v>2</v>
+      </c>
+      <c r="AH2">
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>OPEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Paul Goyette</v>
+        <v>Dan Powell</v>
       </c>
       <c r="E3">
-        <v>-11</v>
+        <v>-14</v>
       </c>
       <c r="F3">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G3">
-        <v>120991</v>
+        <v>98808</v>
       </c>
       <c r="H3" t="str">
-        <v>mrnintendo85</v>
+        <v>discchucker</v>
       </c>
       <c r="I3">
-        <v>-11</v>
+        <v>-14</v>
       </c>
       <c r="J3">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
         <v>2</v>
       </c>
       <c r="AD3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG3">
         <v>2</v>
       </c>
       <c r="AH3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>OPEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Josh Brewer</v>
+        <v>Paul Goyette</v>
       </c>
       <c r="E4">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="F4">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="G4">
-        <v>292651</v>
+        <v>120991</v>
       </c>
       <c r="H4" t="str">
-        <v>slim82</v>
+        <v>mrnintendo85</v>
       </c>
       <c r="I4">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="J4">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
         <v>2</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
       <c r="AG4">
         <v>2</v>
       </c>
       <c r="AH4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>OPEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Chuck Van Vlack</v>
+        <v>Taco</v>
       </c>
       <c r="E5">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="F5">
-        <v>62</v>
+        <v>61</v>
+      </c>
+      <c r="G5">
+        <v>168908</v>
       </c>
       <c r="H5" t="str">
-        <v>chuckvanvlack</v>
+        <v>staco94</v>
       </c>
       <c r="I5">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="J5">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
       <c r="AG5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>OPEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Dan Powell</v>
+        <v>Timothy Legere</v>
       </c>
       <c r="E6">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="F6">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="G6">
-        <v>98808</v>
+        <v>146309</v>
       </c>
       <c r="H6" t="str">
-        <v>discchucker</v>
+        <v>timothy7775</v>
       </c>
       <c r="I6">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="J6">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U6">
         <v>2</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB6">
+        <v>3</v>
+      </c>
+      <c r="AC6">
+        <v>2</v>
+      </c>
+      <c r="AD6">
+        <v>2</v>
+      </c>
+      <c r="AE6">
+        <v>3</v>
+      </c>
+      <c r="AF6">
+        <v>3</v>
+      </c>
+      <c r="AG6">
+        <v>2</v>
+      </c>
+      <c r="AH6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>OPEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Taco</v>
+        <v>Josh Brewer</v>
       </c>
       <c r="E7">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="F7">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G7">
-        <v>168908</v>
+        <v>292651</v>
       </c>
       <c r="H7" t="str">
-        <v>staco94</v>
+        <v>slim82</v>
       </c>
       <c r="I7">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="J7">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC7">
         <v>2</v>
       </c>
       <c r="AD7">
         <v>3</v>
+      </c>
+      <c r="AE7">
+        <v>3</v>
+      </c>
+      <c r="AF7">
+        <v>3</v>
+      </c>
+      <c r="AG7">
+        <v>2</v>
+      </c>
+      <c r="AH7">
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>OPEN</v>
       </c>
       <c r="B8" t="str">
-        <v>7</v>
+        <v>T5</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D8" t="str">
-        <v>Chad Bizeau</v>
+        <v>Chuck Van Vlack</v>
       </c>
       <c r="E8">
-        <v>-7</v>
+        <v>-10</v>
       </c>
       <c r="F8">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>139048</v>
+        <v>62</v>
       </c>
       <c r="H8" t="str">
-        <v>nakall</v>
+        <v>chuckvanvlack</v>
       </c>
       <c r="I8">
-        <v>-7</v>
+        <v>-10</v>
       </c>
       <c r="J8">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>2</v>
       </c>
       <c r="AE8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG8">
         <v>3</v>
       </c>
       <c r="AH8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>OPEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T8</v>
+        <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Timothy Legere</v>
+        <v>Luke frye</v>
       </c>
       <c r="E9">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="F9">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>146309</v>
+        <v>64</v>
       </c>
       <c r="H9" t="str">
-        <v>timothy7775</v>
+        <v>lukefrye22</v>
       </c>
       <c r="I9">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="J9">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
       <c r="V9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB9">
         <v>3</v>
+      </c>
+      <c r="AC9">
+        <v>3</v>
+      </c>
+      <c r="AD9">
+        <v>3</v>
+      </c>
+      <c r="AE9">
+        <v>4</v>
+      </c>
+      <c r="AF9">
+        <v>2</v>
+      </c>
+      <c r="AG9">
+        <v>2</v>
+      </c>
+      <c r="AH9">
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>OPEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T8</v>
+        <v>9</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Luke frye</v>
+        <v>Chad Bizeau</v>
       </c>
       <c r="E10">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F10">
-        <v>54</v>
+        <v>65</v>
+      </c>
+      <c r="G10">
+        <v>139048</v>
       </c>
       <c r="H10" t="str">
-        <v>lukefrye22</v>
+        <v>nakall</v>
       </c>
       <c r="I10">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="J10">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>2</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>3</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="AE10">
+        <v>3</v>
+      </c>
+      <c r="AF10">
+        <v>4</v>
+      </c>
+      <c r="AG10">
+        <v>3</v>
+      </c>
+      <c r="AH10">
+        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>OPEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v xml:space="preserve">Lester </v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>67</v>
       </c>
       <c r="H11" t="str">
         <v>lesterhelphrey</v>
       </c>
       <c r="I11">
@@ -1611,221 +1695,245 @@
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
         <v>2</v>
       </c>
       <c r="AG12">
         <v>2</v>
       </c>
       <c r="AH12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>OPEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Steve Thompson</v>
+        <v>Mykul Rojas</v>
       </c>
       <c r="E13">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F13">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="G13">
-        <v>144288</v>
+        <v>265710</v>
       </c>
       <c r="H13" t="str">
-        <v>stevethomps7822</v>
+        <v>chainsofmaine</v>
       </c>
       <c r="I13">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J13">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z13">
         <v>3</v>
+      </c>
+      <c r="AA13">
+        <v>2</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
+      </c>
+      <c r="AC13">
+        <v>2</v>
+      </c>
+      <c r="AD13">
+        <v>3</v>
+      </c>
+      <c r="AE13">
+        <v>5</v>
+      </c>
+      <c r="AF13">
+        <v>5</v>
+      </c>
+      <c r="AG13">
+        <v>2</v>
+      </c>
+      <c r="AH13">
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>OPEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Mykul Rojas</v>
+        <v>Steve Thompson</v>
       </c>
       <c r="E14">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F14">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G14">
-        <v>265710</v>
+        <v>144288</v>
       </c>
       <c r="H14" t="str">
-        <v>chainsofmaine</v>
+        <v>stevethomps7822</v>
       </c>
       <c r="I14">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J14">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14">
+        <v>2</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>2</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>2</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>4</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>3</v>
+      </c>
+      <c r="Y14">
+        <v>3</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
         <v>6</v>
       </c>
-      <c r="M14">
-[...43 lines deleted...]
-      </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
         <v>2</v>
       </c>
       <c r="AD14">
         <v>3</v>
       </c>
       <c r="AE14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AG14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>OPEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Brad Mattes</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>72</v>
       </c>
       <c r="H15" t="str">
         <v>bwmattes</v>
       </c>
       <c r="I15">
@@ -1890,587 +1998,666 @@
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
       <c r="AD15">
         <v>2</v>
       </c>
       <c r="AE15">
         <v>3</v>
       </c>
       <c r="AF15">
         <v>3</v>
       </c>
       <c r="AG15">
         <v>3</v>
       </c>
       <c r="AH15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>OPEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T15</v>
+        <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Andy Powell</v>
+        <v>Cody Peterson</v>
       </c>
       <c r="E16">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F16">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="H16" t="str">
-        <v>pastorpowell</v>
+        <v>cody6501</v>
       </c>
       <c r="I16">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J16">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>4</v>
+      </c>
+      <c r="N16">
+        <v>3</v>
+      </c>
+      <c r="O16">
         <v>5</v>
       </c>
-      <c r="M16">
-[...7 lines deleted...]
-      </c>
       <c r="P16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB16">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>2</v>
+      </c>
+      <c r="AD16">
+        <v>4</v>
+      </c>
+      <c r="AE16">
+        <v>4</v>
+      </c>
+      <c r="AF16">
+        <v>3</v>
+      </c>
+      <c r="AG16">
+        <v>3</v>
+      </c>
+      <c r="AH16">
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>OPEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T15</v>
+        <v>16</v>
       </c>
       <c r="C17">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Cody Peterson</v>
+        <v>Andy Powell</v>
       </c>
       <c r="E17">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F17">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="H17" t="str">
-        <v>cody6501</v>
+        <v>pastorpowell</v>
       </c>
       <c r="I17">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J17">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>4</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
+        <v>2</v>
+      </c>
+      <c r="W17">
+        <v>2</v>
+      </c>
+      <c r="X17">
+        <v>3</v>
+      </c>
+      <c r="Y17">
         <v>5</v>
       </c>
-      <c r="P17">
-[...28 lines deleted...]
-      </c>
       <c r="Z17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD17">
         <v>4</v>
+      </c>
+      <c r="AE17">
+        <v>4</v>
+      </c>
+      <c r="AF17">
+        <v>4</v>
+      </c>
+      <c r="AG17">
+        <v>3</v>
+      </c>
+      <c r="AH17">
+        <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>OPEN</v>
+        <v>LADIES</v>
+      </c>
+      <c r="B18" t="str">
+        <v>1</v>
+      </c>
+      <c r="C18">
+        <v>1</v>
       </c>
       <c r="D18" t="str">
-        <v>Bill parmenter</v>
+        <v>summer schauffler</v>
       </c>
       <c r="E18">
-        <v>0</v>
+        <v>-12</v>
       </c>
       <c r="F18">
-        <v>0</v>
+        <v>60</v>
+      </c>
+      <c r="G18">
+        <v>25981</v>
       </c>
       <c r="H18" t="str">
-        <v>welda1</v>
+        <v>putmedownpunk</v>
       </c>
       <c r="I18">
-        <v>0</v>
+        <v>-12</v>
       </c>
       <c r="J18">
-        <v>0</v>
+        <v>60</v>
+      </c>
+      <c r="K18">
+        <v>3</v>
+      </c>
+      <c r="L18">
+        <v>2</v>
+      </c>
+      <c r="M18">
+        <v>4</v>
+      </c>
+      <c r="N18">
+        <v>2</v>
+      </c>
+      <c r="O18">
+        <v>2</v>
+      </c>
+      <c r="P18">
+        <v>2</v>
+      </c>
+      <c r="Q18">
+        <v>2</v>
+      </c>
+      <c r="R18">
+        <v>2</v>
+      </c>
+      <c r="S18">
+        <v>2</v>
+      </c>
+      <c r="T18">
+        <v>4</v>
+      </c>
+      <c r="U18">
+        <v>2</v>
+      </c>
+      <c r="V18">
+        <v>3</v>
+      </c>
+      <c r="W18">
+        <v>3</v>
+      </c>
+      <c r="X18">
+        <v>2</v>
+      </c>
+      <c r="Y18">
+        <v>3</v>
+      </c>
+      <c r="Z18">
+        <v>2</v>
+      </c>
+      <c r="AA18">
+        <v>3</v>
+      </c>
+      <c r="AB18">
+        <v>3</v>
+      </c>
+      <c r="AC18">
+        <v>2</v>
+      </c>
+      <c r="AD18">
+        <v>2</v>
+      </c>
+      <c r="AE18">
+        <v>3</v>
+      </c>
+      <c r="AF18">
+        <v>3</v>
+      </c>
+      <c r="AG18">
+        <v>2</v>
+      </c>
+      <c r="AH18">
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>LADIES</v>
       </c>
       <c r="B19" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D19" t="str">
-        <v>summer schauffler</v>
+        <v>Breanna Maloney</v>
       </c>
       <c r="E19">
         <v>-8</v>
       </c>
       <c r="F19">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="G19">
-        <v>25981</v>
+        <v>106538</v>
       </c>
       <c r="H19" t="str">
-        <v>putmedownpunk</v>
+        <v>brelee36</v>
       </c>
       <c r="I19">
         <v>-8</v>
       </c>
       <c r="J19">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>2</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="AA19">
+        <v>3</v>
+      </c>
+      <c r="AB19">
+        <v>2</v>
+      </c>
+      <c r="AC19">
+        <v>3</v>
+      </c>
+      <c r="AD19">
+        <v>2</v>
+      </c>
+      <c r="AE19">
+        <v>3</v>
+      </c>
+      <c r="AF19">
+        <v>3</v>
+      </c>
+      <c r="AG19">
+        <v>3</v>
+      </c>
+      <c r="AH19">
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>LADIES</v>
       </c>
       <c r="B20" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D20" t="str">
-        <v>Breanna Maloney</v>
+        <v>Briana Tancrede</v>
       </c>
       <c r="E20">
         <v>-6</v>
       </c>
       <c r="F20">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G20">
-        <v>106538</v>
+        <v>213578</v>
       </c>
       <c r="H20" t="str">
-        <v>brelee36</v>
+        <v>brianat14</v>
       </c>
       <c r="I20">
         <v>-6</v>
       </c>
       <c r="J20">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V20">
         <v>2</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="AA20">
+        <v>4</v>
+      </c>
+      <c r="AB20">
+        <v>3</v>
+      </c>
+      <c r="AC20">
+        <v>3</v>
+      </c>
+      <c r="AD20">
+        <v>3</v>
+      </c>
+      <c r="AE20">
+        <v>2</v>
+      </c>
+      <c r="AF20">
+        <v>3</v>
+      </c>
+      <c r="AG20">
+        <v>3</v>
+      </c>
+      <c r="AH20">
+        <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>LADIES</v>
       </c>
       <c r="B21" t="str">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D21" t="str">
-        <v>Briana Tancrede</v>
+        <v>Nichole Foster</v>
       </c>
       <c r="E21">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F21">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="G21">
-        <v>213578</v>
+        <v>307851</v>
       </c>
       <c r="H21" t="str">
-        <v>brianat14</v>
+        <v>gob4ugo</v>
       </c>
       <c r="I21">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="J21">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="K21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>2</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
         <v>3</v>
       </c>
       <c r="AD21">
-        <v>3</v>
-[...91 lines deleted...]
-        <v>2</v>
+        <v>2</v>
+      </c>
+      <c r="AE21">
+        <v>2</v>
+      </c>
+      <c r="AF21">
+        <v>3</v>
+      </c>
+      <c r="AG21">
+        <v>2</v>
+      </c>
+      <c r="AH21">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AH22"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AH21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 