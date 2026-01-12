--- v0 (2025-11-08)
+++ v1 (2026-01-12)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T33"/>
+  <dimension ref="A1:T41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
   </cols>
@@ -504,1882 +504,2348 @@
       </c>
       <c r="O1" t="str">
         <v>hole_4</v>
       </c>
       <c r="P1" t="str">
         <v>hole_5</v>
       </c>
       <c r="Q1" t="str">
         <v>hole_6</v>
       </c>
       <c r="R1" t="str">
         <v>hole_7</v>
       </c>
       <c r="S1" t="str">
         <v>hole_8</v>
       </c>
       <c r="T1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
+        <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Krisztián Orosz</v>
+        <v>Bálint Kazai</v>
       </c>
       <c r="E2">
         <v>-2</v>
       </c>
       <c r="F2">
         <v>29</v>
       </c>
       <c r="G2">
         <v>2</v>
       </c>
       <c r="H2">
-        <v>112583</v>
+        <v>53822</v>
       </c>
       <c r="I2" t="str">
-        <v>loynis</v>
+        <v>cikeniusz</v>
       </c>
       <c r="J2">
         <v>-2</v>
       </c>
       <c r="K2">
         <v>29</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>5</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T1</v>
       </c>
       <c r="C3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Major Gergely</v>
+        <v>Krisztián Orosz</v>
       </c>
       <c r="E3">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="F3">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G3">
-        <v>7</v>
+        <v>2</v>
+      </c>
+      <c r="H3">
+        <v>112583</v>
       </c>
       <c r="I3" t="str">
-        <v>geryg98</v>
+        <v>loynis</v>
       </c>
       <c r="J3">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="K3">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Erik Nijkamp</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F4">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G4">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I4" t="str">
-        <v>twisted1discs</v>
+        <v>geryg98</v>
       </c>
       <c r="J4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K4">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O4">
         <v>6</v>
       </c>
       <c r="P4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>T4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v xml:space="preserve">Gábor Lieber </v>
+        <v>Erik Nijkamp</v>
       </c>
       <c r="E5">
         <v>3</v>
       </c>
       <c r="F5">
         <v>34</v>
       </c>
       <c r="G5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5" t="str">
-        <v>vernarancs</v>
+        <v>twisted1discs</v>
       </c>
       <c r="J5">
         <v>3</v>
       </c>
       <c r="K5">
         <v>34</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
-        <v>T3</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Major Péter</v>
+        <v xml:space="preserve">Gábor Lieber </v>
       </c>
       <c r="E6">
         <v>3</v>
       </c>
       <c r="F6">
         <v>34</v>
       </c>
       <c r="G6">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I6" t="str">
-        <v>pete1972</v>
+        <v>vernarancs</v>
       </c>
       <c r="J6">
         <v>3</v>
       </c>
       <c r="K6">
         <v>34</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>5</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T4</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>Gábor Milibák</v>
+        <v>Major Péter</v>
       </c>
       <c r="E7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F7">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G7">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>183480</v>
+        <v>4</v>
       </c>
       <c r="I7" t="str">
-        <v>milkabilka</v>
+        <v>pete1972</v>
       </c>
       <c r="J7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K7">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O7">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="P7">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v xml:space="preserve">Besenyei Dániel </v>
+        <v>Gábor Milibák</v>
       </c>
       <c r="E8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F8">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G8">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H8">
+        <v>183480</v>
       </c>
       <c r="I8" t="str">
-        <v>dánielbesenyei</v>
+        <v>milkabilka</v>
       </c>
       <c r="J8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="K8">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O8">
         <v>7</v>
       </c>
       <c r="P8">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Tóth Zoltán</v>
+        <v xml:space="preserve">Besenyei Dániel </v>
       </c>
       <c r="E9">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F9">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="G9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I9" t="str">
-        <v>zeeeee18</v>
+        <v>dánielbesenyei</v>
       </c>
       <c r="J9">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="K9">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="P9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>szpeti</v>
+        <v>Tóth Zoltán</v>
       </c>
       <c r="E10">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F10">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="G10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I10" t="str">
-        <v>szpeti</v>
+        <v>zeeeee18</v>
       </c>
       <c r="J10">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="K10">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O10">
         <v>8</v>
       </c>
       <c r="P10">
         <v>7</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T10">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
-        <v>DUP</v>
+        <v>10</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Krisztián Orosz</v>
+        <v>szpeti</v>
       </c>
       <c r="E11">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F11">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="G11">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>112583</v>
+        <v>1</v>
       </c>
       <c r="I11" t="str">
-        <v>loynis</v>
+        <v>szpeti</v>
       </c>
       <c r="J11">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K11">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O11">
+        <v>8</v>
+      </c>
+      <c r="P11">
         <v>7</v>
       </c>
-      <c r="P11">
-[...1 lines deleted...]
-      </c>
       <c r="Q11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>DUP</v>
       </c>
       <c r="D12" t="str">
-        <v>Krisztián Orosz</v>
+        <v>Bálint Kazai</v>
       </c>
       <c r="E12">
-        <v>5</v>
+        <v>-2</v>
       </c>
       <c r="F12">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
-        <v>112583</v>
+        <v>53822</v>
       </c>
       <c r="I12" t="str">
-        <v>loynis</v>
+        <v>cikeniusz</v>
       </c>
       <c r="J12">
-        <v>5</v>
+        <v>-2</v>
       </c>
       <c r="K12">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
         <v>DUP</v>
       </c>
       <c r="D13" t="str">
-        <v>Gábor Milibák</v>
+        <v>Krisztián Orosz</v>
       </c>
       <c r="E13">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G13">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H13">
-        <v>183480</v>
+        <v>112583</v>
       </c>
       <c r="I13" t="str">
-        <v>milkabilka</v>
+        <v>loynis</v>
       </c>
       <c r="J13">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K13">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="P13">
         <v>5</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
       <c r="B14" t="str">
         <v>DUP</v>
       </c>
       <c r="D14" t="str">
-        <v xml:space="preserve">Besenyei Dániel </v>
+        <v>Krisztián Orosz</v>
       </c>
       <c r="E14">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F14">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="G14">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="H14">
+        <v>112583</v>
       </c>
       <c r="I14" t="str">
-        <v>dánielbesenyei</v>
+        <v>loynis</v>
       </c>
       <c r="J14">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="K14">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="L14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="P14">
         <v>5</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MPO</v>
       </c>
       <c r="B15" t="str">
         <v>DUP</v>
       </c>
       <c r="D15" t="str">
-        <v>Erik Nijkamp</v>
+        <v>Krisztián Orosz</v>
       </c>
       <c r="E15">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F15">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G15">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="H15">
+        <v>112583</v>
       </c>
       <c r="I15" t="str">
-        <v>twisted1discs</v>
+        <v>loynis</v>
       </c>
       <c r="J15">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K15">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="L15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O15">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P15">
         <v>5</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MPO</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
-        <v xml:space="preserve">Gábor Lieber </v>
+        <v>Krisztián Orosz</v>
       </c>
       <c r="E16">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F16">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G16">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="H16">
+        <v>112583</v>
       </c>
       <c r="I16" t="str">
-        <v>vernarancs</v>
+        <v>loynis</v>
       </c>
       <c r="J16">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="K16">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O16">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="P16">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MPO</v>
       </c>
       <c r="B17" t="str">
         <v>DUP</v>
       </c>
       <c r="D17" t="str">
-        <v xml:space="preserve">Gábor Lieber </v>
+        <v>Gábor Milibák</v>
       </c>
       <c r="E17">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F17">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G17">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="H17">
+        <v>183480</v>
       </c>
       <c r="I17" t="str">
-        <v>vernarancs</v>
+        <v>milkabilka</v>
       </c>
       <c r="J17">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K17">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="L17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
+        <v>5</v>
+      </c>
+      <c r="P17">
         <v>7</v>
       </c>
-      <c r="P17">
-[...1 lines deleted...]
-      </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MPO</v>
       </c>
       <c r="B18" t="str">
         <v>DUP</v>
       </c>
       <c r="D18" t="str">
-        <v xml:space="preserve">Gábor Lieber </v>
+        <v>Gábor Milibák</v>
       </c>
       <c r="E18">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F18">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="G18">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="H18">
+        <v>183480</v>
       </c>
       <c r="I18" t="str">
-        <v>vernarancs</v>
+        <v>milkabilka</v>
       </c>
       <c r="J18">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="K18">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="P18">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MPO</v>
       </c>
       <c r="B19" t="str">
         <v>DUP</v>
       </c>
       <c r="D19" t="str">
-        <v xml:space="preserve">Gábor Lieber </v>
+        <v xml:space="preserve">Besenyei Dániel </v>
       </c>
       <c r="E19">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F19">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I19" t="str">
-        <v>vernarancs</v>
+        <v>dánielbesenyei</v>
       </c>
       <c r="J19">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="K19">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="L19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O19">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="P19">
         <v>5</v>
       </c>
       <c r="Q19">
         <v>4</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MPO</v>
       </c>
       <c r="B20" t="str">
         <v>DUP</v>
       </c>
       <c r="D20" t="str">
-        <v>Major Gergely</v>
+        <v xml:space="preserve">Besenyei Dániel </v>
       </c>
       <c r="E20">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F20">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G20">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I20" t="str">
-        <v>geryg98</v>
+        <v>dánielbesenyei</v>
       </c>
       <c r="J20">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K20">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O20">
         <v>7</v>
       </c>
       <c r="P20">
         <v>5</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T20">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MPO</v>
       </c>
       <c r="B21" t="str">
         <v>DUP</v>
       </c>
       <c r="D21" t="str">
-        <v>Major Gergely</v>
+        <v>Erik Nijkamp</v>
       </c>
       <c r="E21">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F21">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G21">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I21" t="str">
-        <v>geryg98</v>
+        <v>twisted1discs</v>
       </c>
       <c r="J21">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="K21">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O21">
         <v>6</v>
       </c>
       <c r="P21">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>4</v>
       </c>
       <c r="S21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MPO</v>
       </c>
       <c r="B22" t="str">
         <v>DUP</v>
       </c>
       <c r="D22" t="str">
-        <v>Major Gergely</v>
+        <v xml:space="preserve">Gábor Lieber </v>
       </c>
       <c r="E22">
         <v>9</v>
       </c>
       <c r="F22">
         <v>40</v>
       </c>
       <c r="G22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I22" t="str">
-        <v>geryg98</v>
+        <v>vernarancs</v>
       </c>
       <c r="J22">
         <v>9</v>
       </c>
       <c r="K22">
         <v>40</v>
       </c>
       <c r="L22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P22">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="Q22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R22">
         <v>5</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MPO</v>
       </c>
       <c r="B23" t="str">
         <v>DUP</v>
       </c>
       <c r="D23" t="str">
-        <v>Major Gergely</v>
+        <v xml:space="preserve">Gábor Lieber </v>
       </c>
       <c r="E23">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F23">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I23" t="str">
-        <v>geryg98</v>
+        <v>vernarancs</v>
       </c>
       <c r="J23">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K23">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L23">
         <v>4</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O23">
         <v>7</v>
       </c>
       <c r="P23">
         <v>6</v>
       </c>
       <c r="Q23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R23">
         <v>4</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T23">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MPO</v>
       </c>
       <c r="B24" t="str">
         <v>DUP</v>
       </c>
       <c r="D24" t="str">
-        <v>Major Gergely</v>
+        <v xml:space="preserve">Gábor Lieber </v>
       </c>
       <c r="E24">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="F24">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="G24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I24" t="str">
-        <v>geryg98</v>
+        <v>vernarancs</v>
       </c>
       <c r="J24">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="K24">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O24">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="P24">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MPO</v>
       </c>
       <c r="B25" t="str">
         <v>DUP</v>
       </c>
       <c r="D25" t="str">
-        <v>Major Gergely</v>
+        <v xml:space="preserve">Gábor Lieber </v>
       </c>
       <c r="E25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F25">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I25" t="str">
-        <v>geryg98</v>
+        <v>vernarancs</v>
       </c>
       <c r="J25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K25">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O25">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="P25">
         <v>5</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MPO</v>
       </c>
       <c r="B26" t="str">
         <v>DUP</v>
       </c>
       <c r="D26" t="str">
-        <v>Major Péter</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E26">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F26">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G26">
+        <v>8</v>
+      </c>
+      <c r="I26" t="str">
+        <v>geryg98</v>
+      </c>
+      <c r="J26">
+        <v>8</v>
+      </c>
+      <c r="K26">
+        <v>39</v>
+      </c>
+      <c r="L26">
+        <v>3</v>
+      </c>
+      <c r="M26">
+        <v>3</v>
+      </c>
+      <c r="N26">
+        <v>3</v>
+      </c>
+      <c r="O26">
         <v>7</v>
       </c>
-      <c r="I26" t="str">
-[...19 lines deleted...]
-      </c>
       <c r="P26">
         <v>6</v>
       </c>
       <c r="Q26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S26">
         <v>4</v>
       </c>
       <c r="T26">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MPO</v>
       </c>
       <c r="B27" t="str">
         <v>DUP</v>
       </c>
       <c r="D27" t="str">
-        <v>Major Péter</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E27">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F27">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G27">
         <v>6</v>
       </c>
       <c r="I27" t="str">
-        <v>pete1972</v>
+        <v>geryg98</v>
       </c>
       <c r="J27">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K27">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O27">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P27">
         <v>5</v>
       </c>
       <c r="Q27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MPO</v>
       </c>
       <c r="B28" t="str">
         <v>DUP</v>
       </c>
       <c r="D28" t="str">
-        <v>Major Péter</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F28">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G28">
         <v>5</v>
       </c>
       <c r="I28" t="str">
-        <v>pete1972</v>
+        <v>geryg98</v>
       </c>
       <c r="J28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K28">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L28">
         <v>4</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
+        <v>6</v>
+      </c>
+      <c r="P28">
         <v>7</v>
       </c>
-      <c r="P28">
-[...1 lines deleted...]
-      </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T28">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MPO</v>
       </c>
       <c r="B29" t="str">
         <v>DUP</v>
       </c>
       <c r="D29" t="str">
-        <v>Major Péter</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E29">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F29">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I29" t="str">
-        <v>pete1972</v>
+        <v>geryg98</v>
       </c>
       <c r="J29">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K29">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O29">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="P29">
         <v>6</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T29">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MPO</v>
       </c>
       <c r="B30" t="str">
         <v>DUP</v>
       </c>
       <c r="D30" t="str">
-        <v>Major Péter</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E30">
+        <v>5</v>
+      </c>
+      <c r="F30">
+        <v>36</v>
+      </c>
+      <c r="G30">
+        <v>3</v>
+      </c>
+      <c r="I30" t="str">
+        <v>geryg98</v>
+      </c>
+      <c r="J30">
+        <v>5</v>
+      </c>
+      <c r="K30">
+        <v>36</v>
+      </c>
+      <c r="L30">
+        <v>4</v>
+      </c>
+      <c r="M30">
+        <v>3</v>
+      </c>
+      <c r="N30">
+        <v>3</v>
+      </c>
+      <c r="O30">
         <v>7</v>
       </c>
-      <c r="F30">
-[...25 lines deleted...]
-      </c>
       <c r="P30">
         <v>6</v>
       </c>
       <c r="Q30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R30">
         <v>4</v>
       </c>
       <c r="S30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T30">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MPO</v>
       </c>
       <c r="B31" t="str">
         <v>DUP</v>
       </c>
       <c r="D31" t="str">
-        <v>Major Péter</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E31">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F31">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I31" t="str">
-        <v>pete1972</v>
+        <v>geryg98</v>
       </c>
       <c r="J31">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K31">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>6</v>
       </c>
       <c r="P31">
         <v>6</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MPO</v>
       </c>
       <c r="B32" t="str">
         <v>DUP</v>
       </c>
       <c r="D32" t="str">
-        <v>Tóth Zoltán</v>
+        <v>Major Gergely</v>
       </c>
       <c r="E32">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F32">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="G32">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I32" t="str">
-        <v>zeeeee18</v>
+        <v>geryg98</v>
       </c>
       <c r="J32">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="K32">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="L32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O32">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="P32">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="S32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T32">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MPO</v>
       </c>
       <c r="B33" t="str">
         <v>DUP</v>
       </c>
       <c r="D33" t="str">
-        <v>Tóth Zoltán</v>
+        <v>Major Péter</v>
       </c>
       <c r="E33">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F33">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G33">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I33" t="str">
-        <v>zeeeee18</v>
+        <v>pete1972</v>
       </c>
       <c r="J33">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K33">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="L33">
         <v>4</v>
       </c>
       <c r="M33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O33">
         <v>8</v>
       </c>
       <c r="P33">
+        <v>6</v>
+      </c>
+      <c r="Q33">
+        <v>4</v>
+      </c>
+      <c r="R33">
+        <v>5</v>
+      </c>
+      <c r="S33">
+        <v>2</v>
+      </c>
+      <c r="T33">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B34" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D34" t="str">
+        <v>Major Péter</v>
+      </c>
+      <c r="E34">
+        <v>9</v>
+      </c>
+      <c r="F34">
+        <v>40</v>
+      </c>
+      <c r="G34">
+        <v>7</v>
+      </c>
+      <c r="I34" t="str">
+        <v>pete1972</v>
+      </c>
+      <c r="J34">
+        <v>9</v>
+      </c>
+      <c r="K34">
+        <v>40</v>
+      </c>
+      <c r="L34">
+        <v>4</v>
+      </c>
+      <c r="M34">
+        <v>3</v>
+      </c>
+      <c r="N34">
+        <v>4</v>
+      </c>
+      <c r="O34">
+        <v>9</v>
+      </c>
+      <c r="P34">
+        <v>6</v>
+      </c>
+      <c r="Q34">
+        <v>4</v>
+      </c>
+      <c r="R34">
+        <v>3</v>
+      </c>
+      <c r="S34">
+        <v>4</v>
+      </c>
+      <c r="T34">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B35" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D35" t="str">
+        <v>Major Péter</v>
+      </c>
+      <c r="E35">
+        <v>4</v>
+      </c>
+      <c r="F35">
+        <v>35</v>
+      </c>
+      <c r="G35">
+        <v>6</v>
+      </c>
+      <c r="I35" t="str">
+        <v>pete1972</v>
+      </c>
+      <c r="J35">
+        <v>4</v>
+      </c>
+      <c r="K35">
+        <v>35</v>
+      </c>
+      <c r="L35">
+        <v>3</v>
+      </c>
+      <c r="M35">
+        <v>3</v>
+      </c>
+      <c r="N35">
+        <v>3</v>
+      </c>
+      <c r="O35">
+        <v>6</v>
+      </c>
+      <c r="P35">
+        <v>5</v>
+      </c>
+      <c r="Q35">
+        <v>3</v>
+      </c>
+      <c r="R35">
+        <v>4</v>
+      </c>
+      <c r="S35">
+        <v>4</v>
+      </c>
+      <c r="T35">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B36" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D36" t="str">
+        <v>Major Péter</v>
+      </c>
+      <c r="E36">
+        <v>4</v>
+      </c>
+      <c r="F36">
+        <v>35</v>
+      </c>
+      <c r="G36">
+        <v>5</v>
+      </c>
+      <c r="I36" t="str">
+        <v>pete1972</v>
+      </c>
+      <c r="J36">
+        <v>4</v>
+      </c>
+      <c r="K36">
+        <v>35</v>
+      </c>
+      <c r="L36">
+        <v>4</v>
+      </c>
+      <c r="M36">
+        <v>3</v>
+      </c>
+      <c r="N36">
+        <v>3</v>
+      </c>
+      <c r="O36">
+        <v>7</v>
+      </c>
+      <c r="P36">
+        <v>5</v>
+      </c>
+      <c r="Q36">
+        <v>3</v>
+      </c>
+      <c r="R36">
+        <v>3</v>
+      </c>
+      <c r="S36">
+        <v>4</v>
+      </c>
+      <c r="T36">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B37" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D37" t="str">
+        <v>Major Péter</v>
+      </c>
+      <c r="E37">
+        <v>10</v>
+      </c>
+      <c r="F37">
+        <v>41</v>
+      </c>
+      <c r="G37">
+        <v>3</v>
+      </c>
+      <c r="I37" t="str">
+        <v>pete1972</v>
+      </c>
+      <c r="J37">
+        <v>10</v>
+      </c>
+      <c r="K37">
+        <v>41</v>
+      </c>
+      <c r="L37">
+        <v>4</v>
+      </c>
+      <c r="M37">
+        <v>3</v>
+      </c>
+      <c r="N37">
+        <v>4</v>
+      </c>
+      <c r="O37">
         <v>8</v>
       </c>
-      <c r="Q33">
-[...8 lines deleted...]
-      <c r="T33">
+      <c r="P37">
+        <v>6</v>
+      </c>
+      <c r="Q37">
+        <v>3</v>
+      </c>
+      <c r="R37">
+        <v>4</v>
+      </c>
+      <c r="S37">
+        <v>4</v>
+      </c>
+      <c r="T37">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B38" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D38" t="str">
+        <v>Major Péter</v>
+      </c>
+      <c r="E38">
+        <v>7</v>
+      </c>
+      <c r="F38">
+        <v>38</v>
+      </c>
+      <c r="G38">
+        <v>2</v>
+      </c>
+      <c r="I38" t="str">
+        <v>pete1972</v>
+      </c>
+      <c r="J38">
+        <v>7</v>
+      </c>
+      <c r="K38">
+        <v>38</v>
+      </c>
+      <c r="L38">
+        <v>4</v>
+      </c>
+      <c r="M38">
+        <v>3</v>
+      </c>
+      <c r="N38">
+        <v>3</v>
+      </c>
+      <c r="O38">
+        <v>6</v>
+      </c>
+      <c r="P38">
+        <v>6</v>
+      </c>
+      <c r="Q38">
+        <v>3</v>
+      </c>
+      <c r="R38">
+        <v>4</v>
+      </c>
+      <c r="S38">
+        <v>4</v>
+      </c>
+      <c r="T38">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B39" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D39" t="str">
+        <v>Major Péter</v>
+      </c>
+      <c r="E39">
+        <v>3</v>
+      </c>
+      <c r="F39">
+        <v>34</v>
+      </c>
+      <c r="G39">
+        <v>1</v>
+      </c>
+      <c r="I39" t="str">
+        <v>pete1972</v>
+      </c>
+      <c r="J39">
+        <v>3</v>
+      </c>
+      <c r="K39">
+        <v>34</v>
+      </c>
+      <c r="L39">
+        <v>3</v>
+      </c>
+      <c r="M39">
+        <v>4</v>
+      </c>
+      <c r="N39">
+        <v>3</v>
+      </c>
+      <c r="O39">
+        <v>6</v>
+      </c>
+      <c r="P39">
+        <v>6</v>
+      </c>
+      <c r="Q39">
+        <v>3</v>
+      </c>
+      <c r="R39">
+        <v>4</v>
+      </c>
+      <c r="S39">
+        <v>2</v>
+      </c>
+      <c r="T39">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B40" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D40" t="str">
+        <v>Tóth Zoltán</v>
+      </c>
+      <c r="E40">
+        <v>13</v>
+      </c>
+      <c r="F40">
+        <v>44</v>
+      </c>
+      <c r="G40">
+        <v>3</v>
+      </c>
+      <c r="I40" t="str">
+        <v>zeeeee18</v>
+      </c>
+      <c r="J40">
+        <v>13</v>
+      </c>
+      <c r="K40">
+        <v>44</v>
+      </c>
+      <c r="L40">
+        <v>3</v>
+      </c>
+      <c r="M40">
+        <v>3</v>
+      </c>
+      <c r="N40">
+        <v>4</v>
+      </c>
+      <c r="O40">
+        <v>10</v>
+      </c>
+      <c r="P40">
+        <v>8</v>
+      </c>
+      <c r="Q40">
+        <v>3</v>
+      </c>
+      <c r="R40">
+        <v>7</v>
+      </c>
+      <c r="S40">
+        <v>3</v>
+      </c>
+      <c r="T40">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B41" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D41" t="str">
+        <v>Tóth Zoltán</v>
+      </c>
+      <c r="E41">
+        <v>11</v>
+      </c>
+      <c r="F41">
+        <v>42</v>
+      </c>
+      <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="I41" t="str">
+        <v>zeeeee18</v>
+      </c>
+      <c r="J41">
+        <v>11</v>
+      </c>
+      <c r="K41">
+        <v>42</v>
+      </c>
+      <c r="L41">
+        <v>4</v>
+      </c>
+      <c r="M41">
+        <v>3</v>
+      </c>
+      <c r="N41">
+        <v>4</v>
+      </c>
+      <c r="O41">
+        <v>8</v>
+      </c>
+      <c r="P41">
+        <v>8</v>
+      </c>
+      <c r="Q41">
+        <v>4</v>
+      </c>
+      <c r="R41">
+        <v>5</v>
+      </c>
+      <c r="S41">
+        <v>2</v>
+      </c>
+      <c r="T41">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:T33"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:T41"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 