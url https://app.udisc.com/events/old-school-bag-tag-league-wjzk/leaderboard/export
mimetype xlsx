--- v0 (2025-10-22)
+++ v1 (2025-12-03)
@@ -2620,452 +2620,455 @@
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
-        <v>Abel Walters</v>
+        <v>Travis Walters</v>
       </c>
       <c r="E27">
         <v>-2</v>
       </c>
       <c r="F27">
         <v>52</v>
       </c>
+      <c r="G27">
+        <v>260580</v>
+      </c>
       <c r="H27" t="str">
-        <v>shadowhankie</v>
+        <v>papamu18</v>
       </c>
       <c r="I27">
         <v>-2</v>
       </c>
       <c r="J27">
         <v>52</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q27">
         <v>3</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y27">
         <v>2</v>
       </c>
       <c r="Z27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA27">
         <v>2</v>
       </c>
       <c r="AB27">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
-        <v>Kevin Beaumont</v>
+        <v>Abel Walters</v>
       </c>
       <c r="E28">
         <v>-2</v>
       </c>
       <c r="F28">
         <v>52</v>
       </c>
       <c r="H28" t="str">
-        <v>kevbeau</v>
+        <v>shadowhankie</v>
       </c>
       <c r="I28">
         <v>-2</v>
       </c>
       <c r="J28">
         <v>52</v>
       </c>
       <c r="K28">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S28">
         <v>3</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
         <v>3</v>
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
         <v>2</v>
       </c>
       <c r="Y28">
         <v>2</v>
       </c>
       <c r="Z28">
         <v>4</v>
       </c>
       <c r="AA28">
         <v>2</v>
       </c>
       <c r="AB28">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T26</v>
       </c>
       <c r="C29">
         <v>26</v>
       </c>
       <c r="D29" t="str">
-        <v>Scotty Moit</v>
+        <v>Kevin Beaumont</v>
       </c>
       <c r="E29">
         <v>-2</v>
       </c>
       <c r="F29">
         <v>52</v>
       </c>
       <c r="H29" t="str">
-        <v>scottymoir</v>
+        <v>kevbeau</v>
       </c>
       <c r="I29">
         <v>-2</v>
       </c>
       <c r="J29">
         <v>52</v>
       </c>
       <c r="K29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>
       <c r="R29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">
         <v>3</v>
       </c>
       <c r="U29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V29">
         <v>3</v>
       </c>
       <c r="W29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X29">
         <v>2</v>
       </c>
       <c r="Y29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA29">
         <v>2</v>
       </c>
       <c r="AB29">
         <v>2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T26</v>
       </c>
       <c r="C30">
         <v>26</v>
       </c>
       <c r="D30" t="str">
-        <v>Tommy Conant</v>
+        <v>Scotty Moit</v>
       </c>
       <c r="E30">
         <v>-2</v>
       </c>
       <c r="F30">
         <v>52</v>
       </c>
       <c r="H30" t="str">
-        <v>nardopolo</v>
+        <v>scottymoir</v>
       </c>
       <c r="I30">
         <v>-2</v>
       </c>
       <c r="J30">
         <v>52</v>
       </c>
       <c r="K30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>3</v>
       </c>
       <c r="U30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X30">
         <v>2</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>2</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T26</v>
       </c>
       <c r="C31">
         <v>26</v>
       </c>
       <c r="D31" t="str">
-        <v>Travis Walters</v>
+        <v>Tommy Conant</v>
       </c>
       <c r="E31">
         <v>-2</v>
       </c>
       <c r="F31">
         <v>52</v>
       </c>
       <c r="H31" t="str">
-        <v>papamu18</v>
+        <v>nardopolo</v>
       </c>
       <c r="I31">
         <v>-2</v>
       </c>
       <c r="J31">
         <v>52</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>4</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>2</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
         <v>2</v>
       </c>
       <c r="AB31">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>Ethan Myers</v>
       </c>
       <c r="E32">
         <v>-1</v>
       </c>
       <c r="F32">
         <v>53</v>
       </c>
       <c r="H32" t="str">
         <v>ladderlegs</v>
       </c>
       <c r="I32">