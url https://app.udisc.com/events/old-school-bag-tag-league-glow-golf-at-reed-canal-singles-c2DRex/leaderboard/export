--- v0 (2025-12-03)
+++ v1 (2026-02-12)
@@ -1401,50 +1401,53 @@
         <v>3</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Angel otero</v>
       </c>
       <c r="E12">
         <v>-7</v>
       </c>
       <c r="F12">
         <v>47</v>
       </c>
+      <c r="G12">
+        <v>311091</v>
+      </c>
       <c r="H12" t="str">
         <v>angelo3686</v>
       </c>
       <c r="I12">
         <v>-7</v>
       </c>
       <c r="J12">
         <v>47</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
@@ -3079,50 +3082,53 @@
         <v>3</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>Jessica hoover</v>
       </c>
       <c r="E32">
         <v>18</v>
       </c>
       <c r="F32">
         <v>72</v>
       </c>
+      <c r="G32">
+        <v>320579</v>
+      </c>
       <c r="H32" t="str">
         <v>jess0127</v>
       </c>
       <c r="I32">
         <v>18</v>
       </c>
       <c r="J32">
         <v>72</v>
       </c>
       <c r="K32">
         <v>5</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>4</v>
       </c>
       <c r="N32">
         <v>4</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">
@@ -3158,50 +3164,53 @@
       <c r="Z32">
         <v>6</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>DNF</v>
       </c>
       <c r="D33" t="str">
         <v>Shane payne</v>
       </c>
       <c r="E33">
         <v>8</v>
       </c>
       <c r="F33">
         <v>44</v>
+      </c>
+      <c r="G33">
+        <v>311245</v>
       </c>
       <c r="H33" t="str">
         <v>magerrpain</v>
       </c>
       <c r="I33">
         <v>8</v>
       </c>
       <c r="J33">
         <v>44</v>
       </c>
       <c r="K33">
         <v>5</v>
       </c>
       <c r="L33">
         <v>4</v>
       </c>
       <c r="S33">
         <v>4</v>
       </c>
       <c r="T33">
         <v>4</v>
       </c>
       <c r="U33">
         <v>4</v>
       </c>