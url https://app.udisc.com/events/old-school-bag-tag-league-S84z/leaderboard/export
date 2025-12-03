--- v0 (2025-10-22)
+++ v1 (2025-12-03)
@@ -3367,449 +3367,452 @@
       </c>
       <c r="Y35">
         <v>2</v>
       </c>
       <c r="Z35">
         <v>4</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T35</v>
       </c>
       <c r="C36">
         <v>35</v>
       </c>
       <c r="D36" t="str">
-        <v>Jon Fallon</v>
+        <v>Travis Walters</v>
       </c>
       <c r="E36">
         <v>-1</v>
       </c>
       <c r="F36">
         <v>53</v>
       </c>
+      <c r="G36">
+        <v>260580</v>
+      </c>
       <c r="H36" t="str">
-        <v>jonfal</v>
+        <v>papamu18</v>
       </c>
       <c r="I36">
         <v>-1</v>
       </c>
       <c r="J36">
         <v>53</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
         <v>3</v>
       </c>
       <c r="S36">
         <v>3</v>
       </c>
       <c r="T36">
         <v>3</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X36">
         <v>3</v>
       </c>
       <c r="Y36">
         <v>2</v>
       </c>
       <c r="Z36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T35</v>
       </c>
       <c r="C37">
         <v>35</v>
       </c>
       <c r="D37" t="str">
-        <v xml:space="preserve">Matt Lozano </v>
+        <v>Jon Fallon</v>
       </c>
       <c r="E37">
         <v>-1</v>
       </c>
       <c r="F37">
         <v>53</v>
       </c>
       <c r="H37" t="str">
-        <v>sognar</v>
+        <v>jonfal</v>
       </c>
       <c r="I37">
         <v>-1</v>
       </c>
       <c r="J37">
         <v>53</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S37">
         <v>3</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y37">
         <v>2</v>
       </c>
       <c r="Z37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA37">
         <v>3</v>
       </c>
       <c r="AB37">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T35</v>
       </c>
       <c r="C38">
         <v>35</v>
       </c>
       <c r="D38" t="str">
-        <v>Phil Clodfelter</v>
+        <v xml:space="preserve">Matt Lozano </v>
       </c>
       <c r="E38">
         <v>-1</v>
       </c>
       <c r="F38">
         <v>53</v>
       </c>
       <c r="H38" t="str">
-        <v>takplyr</v>
+        <v>sognar</v>
       </c>
       <c r="I38">
         <v>-1</v>
       </c>
       <c r="J38">
         <v>53</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X38">
         <v>2</v>
       </c>
       <c r="Y38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
         <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T35</v>
       </c>
       <c r="C39">
         <v>35</v>
       </c>
       <c r="D39" t="str">
-        <v>Tommy Conant</v>
+        <v>Phil Clodfelter</v>
       </c>
       <c r="E39">
         <v>-1</v>
       </c>
       <c r="F39">
         <v>53</v>
       </c>
       <c r="H39" t="str">
-        <v>nardopolo</v>
+        <v>takplyr</v>
       </c>
       <c r="I39">
         <v>-1</v>
       </c>
       <c r="J39">
         <v>53</v>
       </c>
       <c r="K39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB39">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T35</v>
       </c>
       <c r="C40">
         <v>35</v>
       </c>
       <c r="D40" t="str">
-        <v>Travis Walters</v>
+        <v>Tommy Conant</v>
       </c>
       <c r="E40">
         <v>-1</v>
       </c>
       <c r="F40">
         <v>53</v>
       </c>
       <c r="H40" t="str">
-        <v>papamu18</v>
+        <v>nardopolo</v>
       </c>
       <c r="I40">
         <v>-1</v>
       </c>
       <c r="J40">
         <v>53</v>
       </c>
       <c r="K40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T40">
         <v>3</v>
       </c>
       <c r="U40">
         <v>3</v>
       </c>
       <c r="V40">
         <v>3</v>
       </c>
       <c r="W40">
         <v>3</v>
       </c>
       <c r="X40">
         <v>3</v>
       </c>
       <c r="Y40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA40">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T35</v>
       </c>
       <c r="C41">
         <v>35</v>
       </c>
       <c r="D41" t="str">
         <v>Tripp Bruce</v>
       </c>
       <c r="E41">
         <v>-1</v>
       </c>
       <c r="F41">
         <v>53</v>
       </c>
       <c r="H41" t="str">