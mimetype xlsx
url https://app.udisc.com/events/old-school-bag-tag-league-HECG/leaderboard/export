--- v0 (2025-10-22)
+++ v1 (2025-12-03)
@@ -791,286 +791,289 @@
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Shawn Harrah</v>
+        <v>Travis Walters</v>
       </c>
       <c r="E5">
         <v>-7</v>
       </c>
       <c r="F5">
         <v>47</v>
       </c>
+      <c r="G5">
+        <v>260580</v>
+      </c>
       <c r="H5" t="str">
-        <v>aquaballs</v>
+        <v>papamu18</v>
       </c>
       <c r="I5">
         <v>-7</v>
       </c>
       <c r="J5">
         <v>47</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Tj mscisz</v>
+        <v>Shawn Harrah</v>
       </c>
       <c r="E6">
         <v>-7</v>
       </c>
       <c r="F6">
         <v>47</v>
       </c>
       <c r="H6" t="str">
-        <v>mscisz13</v>
+        <v>aquaballs</v>
       </c>
       <c r="I6">
         <v>-7</v>
       </c>
       <c r="J6">
         <v>47</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>Travis Walters</v>
+        <v>Tj mscisz</v>
       </c>
       <c r="E7">
         <v>-7</v>
       </c>
       <c r="F7">
         <v>47</v>
       </c>
       <c r="H7" t="str">
-        <v>papamu18</v>
+        <v>mscisz13</v>
       </c>
       <c r="I7">
         <v>-7</v>
       </c>
       <c r="J7">
         <v>47</v>
       </c>
       <c r="K7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>2</v>
       </c>
       <c r="Y7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Tony Keehbauch</v>
       </c>
       <c r="E8">
         <v>-5</v>
       </c>
       <c r="F8">
         <v>49</v>
       </c>
       <c r="H8" t="str">
         <v>tonykee</v>
       </c>
       <c r="I8">