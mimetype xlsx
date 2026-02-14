--- v0 (2025-11-29)
+++ v1 (2026-02-14)
@@ -723,51 +723,51 @@
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>BLUE</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Brian Frankson</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>65</v>
       </c>
       <c r="G4">
         <v>158555</v>
       </c>
       <c r="H4" t="str">
-        <v>bgfrankson</v>
+        <v>bgdiscs</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4">
         <v>65</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>5</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
@@ -1062,50 +1062,53 @@
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>BLUE</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Rob Berry</v>
       </c>
       <c r="E8">
         <v>10</v>
       </c>
       <c r="F8">
         <v>74</v>
+      </c>
+      <c r="G8">
+        <v>315818</v>
       </c>
       <c r="H8" t="str">
         <v>robertberry</v>
       </c>
       <c r="I8">
         <v>10</v>
       </c>
       <c r="J8">
         <v>74</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>6</v>
       </c>